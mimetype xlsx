--- v0 (2025-11-02)
+++ v1 (2026-03-01)
@@ -1,78 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Nar\hartak\Kayq-Tsanutsum\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Narine Tevosyan\Kayq-Tsanutsum\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{83835201-EA2B-4594-8725-012FDF05B9D9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A35B4D1E-A00E-4938-9964-9D831214E733}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="123" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="93">
   <si>
     <t>NN</t>
   </si>
   <si>
     <t>Ծանուցման հաշվառման օրը, ամիսը, տարեթիվը</t>
   </si>
   <si>
     <t>Իրավաբանական անձի (պետական կամ համայնքի հիմնարկի) անվանումը կամ ֆիզիկական անձի (անհատ ձեռնարկատիրոջ) անունը, ազգանունը</t>
   </si>
   <si>
     <t>Ծանուցման ենթակա գործունեության իրականացման վայրը (նշվում է, եթե օրենքի համաձայն ծանուցման ենթակա գործունեությունը պետք է իրականացվի միայն ծանուցման մեջ նշված վայրում)</t>
   </si>
   <si>
     <t>Իրավաբանական անձի պետական գրանցման կամ անհատ ձեռնարկատիրոջ պետական հաշվառման համարը կամ ֆիզիկական անձի անձնագրի (նույնականացման քարտի) սերիան և համարը</t>
   </si>
   <si>
     <t>Ծանուցման ենթակա գործունեությամբ զբաղվելու իրավունքը կասեցված կամ դադարեցված, ինչպես նաև կասեցումը վերացված լինելու մասին որոշման օրը, ամիսը, տարեթիվը և համարը, կասեցումը վերացված լինելու օրը, ամիսը, տարեթիվը</t>
   </si>
   <si>
     <t>ՀՀ օրենսդրությամբ նախատեսված այլ տեղեկություններ</t>
   </si>
   <si>
     <t>Գ Ր Ա Ն Ց Ա Մ Ա Տ Յ Ա Ն</t>
   </si>
   <si>
@@ -303,50 +306,83 @@
         <family val="3"/>
       </rPr>
       <t>ՀՀ, ք․ Երևան, Դավթաշեն 4-րդ թաղ․, 10/1</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">29.08.2025թ․  </t>
   </si>
   <si>
     <t xml:space="preserve">04.09.2025թ․ </t>
   </si>
   <si>
     <t>N ԷՀԾ 012</t>
   </si>
   <si>
     <t xml:space="preserve">«ԴՐԻՖՏ» ՍՊԸ </t>
   </si>
   <si>
     <t>271.110.1458299</t>
   </si>
   <si>
     <t>ՀՀ, ք․ Երևան, Դավթաշեն 1 թաղ․, շ․ 11, 41 բն․</t>
   </si>
   <si>
     <t xml:space="preserve">ՀՀ տարածքային կառավարման և ենթակառուցվածքների նախարարի 15.10.2025թ․ N 2462-Ա հրամաով գործունեության իրավունքն դադարեցվել է։ </t>
+  </si>
+  <si>
+    <t>03.11.2025թ․</t>
+  </si>
+  <si>
+    <t>N ԷՀԾ 013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">«ԻՄ ՏԱՔՍԻ» ՍՊԸ </t>
+  </si>
+  <si>
+    <t>79.110.1466812</t>
+  </si>
+  <si>
+    <t>05.11.2025թ․</t>
+  </si>
+  <si>
+    <t>ՀՀ, Սյունիքի մարզ, Մեղրի, Մ․ Օհանջանյան փող., տուն 54</t>
+  </si>
+  <si>
+    <t>N ԷՀԾ 014</t>
+  </si>
+  <si>
+    <t>08.01.2026թ․</t>
+  </si>
+  <si>
+    <t>ՀՀ, Սյունիքի մարզ, Կապան, Ա․ Մանուկյան փող․, շ․ 1, բն․ 72</t>
+  </si>
+  <si>
+    <t>ԱՁ Օվսաննա Ռոբերտի Գալստյան</t>
+  </si>
+  <si>
+    <t>13.01.2026թ․</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
@@ -795,52 +831,52 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A2:L30"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="O15" sqref="O15"/>
+    <sheetView tabSelected="1" topLeftCell="A16" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="C21" sqref="C21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="7" customWidth="1"/>
     <col min="2" max="2" width="16.42578125" customWidth="1"/>
     <col min="3" max="3" width="16.140625" customWidth="1"/>
     <col min="4" max="4" width="14.85546875" customWidth="1"/>
     <col min="5" max="5" width="21.28515625" customWidth="1"/>
     <col min="6" max="6" width="20.7109375" customWidth="1"/>
     <col min="7" max="7" width="21" style="1" customWidth="1"/>
     <col min="8" max="8" width="20.42578125" customWidth="1"/>
     <col min="9" max="9" width="31" customWidth="1"/>
     <col min="10" max="10" width="21.140625" customWidth="1"/>
     <col min="11" max="11" width="23.28515625" customWidth="1"/>
     <col min="12" max="12" width="33.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B2" s="19" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="19"/>
       <c r="D2" s="19"/>
       <c r="E2" s="19"/>
@@ -1313,98 +1349,164 @@
       <c r="J17" s="11" t="s">
         <v>30</v>
       </c>
       <c r="K17" s="11"/>
       <c r="L17" s="11"/>
     </row>
     <row r="18" spans="1:12" ht="51.75" x14ac:dyDescent="0.25">
       <c r="A18" s="11">
         <v>11</v>
       </c>
       <c r="B18" s="11" t="s">
         <v>69</v>
       </c>
       <c r="C18" s="11" t="s">
         <v>70</v>
       </c>
       <c r="D18" s="11" t="s">
         <v>71</v>
       </c>
       <c r="E18" s="11" t="s">
         <v>66</v>
       </c>
       <c r="F18" s="11" t="s">
         <v>67</v>
       </c>
-      <c r="G18" s="11" t="s">
+      <c r="G18" s="12" t="s">
         <v>33</v>
       </c>
       <c r="H18" s="11" t="s">
         <v>68</v>
       </c>
       <c r="I18" s="11" t="s">
         <v>14</v>
       </c>
       <c r="J18" s="11" t="s">
         <v>30</v>
       </c>
       <c r="K18" s="11"/>
       <c r="L18" s="11"/>
     </row>
     <row r="19" spans="1:12" ht="51.75" x14ac:dyDescent="0.25">
       <c r="A19" s="11">
         <v>12</v>
       </c>
       <c r="B19" s="11" t="s">
         <v>75</v>
       </c>
       <c r="C19" s="11" t="s">
         <v>76</v>
       </c>
       <c r="D19" s="11" t="s">
         <v>77</v>
       </c>
       <c r="E19" s="11" t="s">
         <v>78</v>
       </c>
       <c r="F19" s="11" t="s">
         <v>80</v>
       </c>
-      <c r="G19" s="11" t="s">
+      <c r="G19" s="12" t="s">
         <v>33</v>
       </c>
       <c r="H19" s="11" t="s">
         <v>79</v>
       </c>
       <c r="I19" s="11" t="s">
         <v>14</v>
       </c>
       <c r="J19" s="11" t="s">
         <v>30</v>
       </c>
       <c r="K19" s="11"/>
       <c r="L19" s="11"/>
+    </row>
+    <row r="20" spans="1:12" ht="69" x14ac:dyDescent="0.25">
+      <c r="A20" s="11">
+        <v>13</v>
+      </c>
+      <c r="B20" s="11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C20" s="11" t="s">
+        <v>86</v>
+      </c>
+      <c r="D20" s="11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E20" s="11" t="s">
+        <v>84</v>
+      </c>
+      <c r="F20" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="G20" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="H20" s="11" t="s">
+        <v>85</v>
+      </c>
+      <c r="I20" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="J20" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="K20" s="11"/>
+      <c r="L20" s="11"/>
+    </row>
+    <row r="21" spans="1:12" ht="69" x14ac:dyDescent="0.25">
+      <c r="A21" s="11">
+        <v>14</v>
+      </c>
+      <c r="B21" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C21" s="11" t="s">
+        <v>92</v>
+      </c>
+      <c r="D21" s="11" t="s">
+        <v>88</v>
+      </c>
+      <c r="E21" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="F21" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="G21" s="11"/>
+      <c r="H21" s="11">
+        <v>286.15504759999999</v>
+      </c>
+      <c r="I21" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="J21" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="K21" s="11"/>
+      <c r="L21" s="11"/>
     </row>
     <row r="30" spans="1:12" ht="17.25" x14ac:dyDescent="0.25">
       <c r="B30" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="L5:L6"/>
     <mergeCell ref="B5:B6"/>
     <mergeCell ref="C5:C6"/>
     <mergeCell ref="D5:D6"/>
     <mergeCell ref="E5:E6"/>
     <mergeCell ref="F5:F6"/>
     <mergeCell ref="G5:G6"/>
     <mergeCell ref="A5:A6"/>
     <mergeCell ref="H5:H6"/>
     <mergeCell ref="I5:I6"/>
     <mergeCell ref="J5:J6"/>
     <mergeCell ref="B2:K2"/>
     <mergeCell ref="B3:K3"/>
     <mergeCell ref="K5:K6"/>
   </mergeCells>
   <phoneticPr fontId="7" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
 </worksheet>