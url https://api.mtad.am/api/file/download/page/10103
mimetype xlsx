--- v0 (2025-12-25)
+++ v1 (2026-02-24)
@@ -2,56 +2,56 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Lilit Nikoghosyan\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Mari Hambardzumyan\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E670C32E-E1DA-461E-81A3-49670F0B7D1C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{091FAA66-E97C-4C41-9BB6-56E8FAA51AE6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{8A8A10F2-3474-4C75-B0F2-F4B537CDCC2F}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{8A8A10F2-3474-4C75-B0F2-F4B537CDCC2F}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="S22" i="1" l="1"/>
@@ -2194,51 +2194,51 @@
   <si>
     <t>Եղեգնաձոր համայնքի Եղեգնաձոր բնակավայրի թիվ 2 և թիվ 5 մանկապարտեզների բակերի բարեկարգում»  </t>
   </si>
   <si>
     <t xml:space="preserve">Ճամբարակ  </t>
   </si>
   <si>
     <t xml:space="preserve">Եղեգնաձոր,                            </t>
   </si>
   <si>
     <t xml:space="preserve">Եղեգնաձոր, </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="164" formatCode="#,##0.000"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
     <numFmt numFmtId="166" formatCode="#,##0.0"/>
     <numFmt numFmtId="167" formatCode="#,##0;[Red]#,##0"/>
     <numFmt numFmtId="168" formatCode="#,##0.000;[Red]#,##0.000"/>
     <numFmt numFmtId="169" formatCode="#,##0.00;[Red]#,##0.00"/>
   </numFmts>
-  <fonts count="37" x14ac:knownFonts="1">
+  <fonts count="36" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="GHEA Grapalat"/>
       <family val="3"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="GHEA Grapalat"/>
@@ -2438,57 +2438,50 @@
     <font>
       <b/>
       <i/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="10"/>
       <name val="GHEA Grapalat"/>
       <family val="3"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <name val="GHEA Grapalat"/>
       <family val="3"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF191919"/>
-      <name val="GHEA Grapalat"/>
-[...5 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="GHEA Grapalat"/>
       <family val="3"/>
     </font>
   </fonts>
   <fills count="10">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFCC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -2950,100 +2943,100 @@
     </xf>
     <xf numFmtId="167" fontId="6" fillId="3" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="169" fontId="10" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="20" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="20" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="20" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="3" fontId="36" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="9" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="3" fontId="15" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...29 lines deleted...]
-      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="15" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="20" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="13">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 10" xfId="6" xr:uid="{A5FC7B97-9936-4859-AB1B-C2BB9589F098}"/>
     <cellStyle name="Normal 2" xfId="7" xr:uid="{9ED232C0-9246-4B9B-BAE9-EA7E65A5F45A}"/>
     <cellStyle name="Normal 2 2" xfId="2" xr:uid="{F63B2B0D-52B5-4C45-8FED-609C6961F883}"/>
     <cellStyle name="Normal 79" xfId="5" xr:uid="{D481EC50-A148-4DA0-9B1F-E85C384BD2AD}"/>
     <cellStyle name="Normal 8" xfId="1" xr:uid="{432E9BE1-E66C-4719-8ED1-4E20C9B95C46}"/>
     <cellStyle name="Normal 93" xfId="8" xr:uid="{1106AC5C-CF57-4742-9AA7-08B2D0673969}"/>
     <cellStyle name="Normal 97" xfId="9" xr:uid="{6B61E072-5FE5-4795-8043-A2CCB79C369C}"/>
     <cellStyle name="Обычный 2" xfId="12" xr:uid="{93B395AC-32FD-4981-B3BC-EC3C58C561F2}"/>
     <cellStyle name="Обычный 2 2" xfId="10" xr:uid="{AFCED4E8-038A-4A63-9ABB-47686E08037F}"/>
     <cellStyle name="Обычный 3" xfId="3" xr:uid="{F027ABF5-EA4D-45C7-A1D4-BDFDC65FE4E1}"/>
     <cellStyle name="Обычный 4" xfId="4" xr:uid="{4FC236FE-75C1-46A6-9D61-FF7A45D62CA0}"/>
     <cellStyle name="Обычный 5" xfId="11" xr:uid="{B7058533-D6F2-4497-8CA8-C055837BE28B}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
@@ -3334,89 +3327,89 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B04383FB-6DA7-41A8-B9B7-70D8C26D884C}">
   <dimension ref="A1:CY219"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A113" zoomScale="73" zoomScaleNormal="73" workbookViewId="0">
-      <selection activeCell="H119" sqref="H119"/>
+    <sheetView tabSelected="1" topLeftCell="A29" zoomScale="73" zoomScaleNormal="73" workbookViewId="0">
+      <selection activeCell="Q31" sqref="Q31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.140625" style="86" customWidth="1"/>
     <col min="2" max="2" width="4.7109375" style="87" customWidth="1"/>
     <col min="3" max="3" width="5" style="88" customWidth="1"/>
     <col min="4" max="4" width="16.42578125" customWidth="1"/>
     <col min="5" max="5" width="19" customWidth="1"/>
     <col min="6" max="6" width="56.42578125" customWidth="1"/>
     <col min="7" max="7" width="19.7109375" customWidth="1"/>
     <col min="8" max="8" width="18.85546875" customWidth="1"/>
     <col min="9" max="9" width="6.140625" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="19" customWidth="1"/>
     <col min="11" max="11" width="7.42578125" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="18.140625" customWidth="1"/>
     <col min="13" max="13" width="7.140625" hidden="1" customWidth="1"/>
     <col min="14" max="102" width="8.7109375" style="4" customWidth="1"/>
     <col min="103" max="984" width="8.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:102" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
-      <c r="B1" s="158" t="s">
+      <c r="B1" s="148" t="s">
         <v>461</v>
       </c>
-      <c r="C1" s="158"/>
-[...9 lines deleted...]
-      <c r="M1" s="158"/>
+      <c r="C1" s="148"/>
+      <c r="D1" s="148"/>
+      <c r="E1" s="148"/>
+      <c r="F1" s="148"/>
+      <c r="G1" s="148"/>
+      <c r="H1" s="148"/>
+      <c r="I1" s="148"/>
+      <c r="J1" s="148"/>
+      <c r="K1" s="148"/>
+      <c r="L1" s="148"/>
+      <c r="M1" s="148"/>
       <c r="N1" s="115"/>
       <c r="O1" s="115"/>
       <c r="P1" s="115"/>
       <c r="Q1" s="115"/>
       <c r="R1" s="115"/>
       <c r="S1" s="115"/>
       <c r="T1" s="115"/>
       <c r="U1" s="115"/>
       <c r="V1" s="115"/>
       <c r="W1" s="115"/>
       <c r="X1" s="115"/>
       <c r="Y1" s="115"/>
       <c r="Z1" s="115"/>
       <c r="AA1" s="115"/>
       <c r="AB1" s="115"/>
       <c r="AC1" s="115"/>
       <c r="AD1" s="115"/>
       <c r="AE1" s="115"/>
       <c r="AF1" s="115"/>
       <c r="AG1" s="115"/>
       <c r="AH1" s="115"/>
       <c r="AI1" s="115"/>
       <c r="AJ1" s="115"/>
       <c r="AK1" s="115"/>
       <c r="AL1" s="115"/>
@@ -3464,107 +3457,107 @@
       <c r="CB1" s="115"/>
       <c r="CC1" s="115"/>
       <c r="CD1" s="115"/>
       <c r="CE1" s="115"/>
       <c r="CF1" s="115"/>
       <c r="CG1" s="115"/>
       <c r="CH1" s="115"/>
       <c r="CI1" s="115"/>
       <c r="CJ1" s="115"/>
       <c r="CK1" s="115"/>
       <c r="CL1" s="115"/>
       <c r="CM1" s="115"/>
       <c r="CN1" s="115"/>
       <c r="CO1" s="115"/>
       <c r="CP1" s="115"/>
       <c r="CQ1" s="115"/>
       <c r="CR1" s="115"/>
       <c r="CS1" s="115"/>
       <c r="CT1" s="115"/>
       <c r="CU1" s="115"/>
       <c r="CV1" s="115"/>
       <c r="CW1" s="115"/>
       <c r="CX1" s="115"/>
     </row>
     <row r="2" spans="1:102" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="159" t="s">
-[...5 lines deleted...]
-      <c r="C2" s="157" t="s">
+      <c r="A2" s="149" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="149" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="147" t="s">
         <v>1</v>
       </c>
-      <c r="D2" s="157" t="s">
+      <c r="D2" s="147" t="s">
         <v>2</v>
       </c>
-      <c r="E2" s="160" t="s">
+      <c r="E2" s="150" t="s">
         <v>3</v>
       </c>
-      <c r="F2" s="161" t="s">
+      <c r="F2" s="151" t="s">
         <v>4</v>
       </c>
-      <c r="G2" s="157" t="s">
+      <c r="G2" s="147" t="s">
         <v>5</v>
       </c>
-      <c r="H2" s="157" t="s">
+      <c r="H2" s="147" t="s">
         <v>6</v>
       </c>
-      <c r="I2" s="157"/>
-      <c r="J2" s="157" t="s">
+      <c r="I2" s="147"/>
+      <c r="J2" s="147" t="s">
         <v>7</v>
       </c>
-      <c r="K2" s="157"/>
-      <c r="L2" s="157" t="s">
+      <c r="K2" s="147"/>
+      <c r="L2" s="147" t="s">
         <v>8</v>
       </c>
-      <c r="M2" s="157"/>
+      <c r="M2" s="147"/>
     </row>
     <row r="3" spans="1:102" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="159"/>
-[...11 lines deleted...]
-      <c r="M3" s="157"/>
+      <c r="A3" s="149"/>
+      <c r="B3" s="149"/>
+      <c r="C3" s="147"/>
+      <c r="D3" s="147"/>
+      <c r="E3" s="150"/>
+      <c r="F3" s="151"/>
+      <c r="G3" s="147"/>
+      <c r="H3" s="147"/>
+      <c r="I3" s="147"/>
+      <c r="J3" s="147"/>
+      <c r="K3" s="147"/>
+      <c r="L3" s="147"/>
+      <c r="M3" s="147"/>
     </row>
     <row r="4" spans="1:102" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="159"/>
-[...5 lines deleted...]
-      <c r="G4" s="157"/>
+      <c r="A4" s="149"/>
+      <c r="B4" s="149"/>
+      <c r="C4" s="147"/>
+      <c r="D4" s="147"/>
+      <c r="E4" s="150"/>
+      <c r="F4" s="151"/>
+      <c r="G4" s="147"/>
       <c r="H4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="M4" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:102" s="13" customFormat="1" ht="94.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="6">
         <v>1</v>
       </c>
       <c r="B5" s="6">
         <v>1</v>
@@ -4036,55 +4029,55 @@
       <c r="H16" s="5">
         <v>14989700</v>
       </c>
       <c r="I16" s="14">
         <f>H16/G16*100</f>
         <v>20.00005337012314</v>
       </c>
       <c r="J16" s="5">
         <f>G16-H16-L16</f>
         <v>59958600</v>
       </c>
       <c r="K16" s="14">
         <f>100-I16-M16</f>
         <v>79.99994662987686</v>
       </c>
       <c r="L16" s="5"/>
       <c r="M16" s="14">
         <f>L16/G16*100</f>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:102" s="21" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="122"/>
       <c r="B17" s="122"/>
       <c r="C17" s="121"/>
-      <c r="D17" s="155" t="s">
+      <c r="D17" s="152" t="s">
         <v>43</v>
       </c>
-      <c r="E17" s="155"/>
-      <c r="F17" s="155"/>
+      <c r="E17" s="152"/>
+      <c r="F17" s="152"/>
       <c r="G17" s="20">
         <f>SUM(G5:G16)</f>
         <v>8848189609</v>
       </c>
       <c r="H17" s="20">
         <f t="shared" ref="H17" si="11">SUM(H5:H16)</f>
         <v>4075595091</v>
       </c>
       <c r="I17" s="20"/>
       <c r="J17" s="20">
         <f>SUM(J5:J16)</f>
         <v>4703085605</v>
       </c>
       <c r="K17" s="20"/>
       <c r="L17" s="20">
         <f>SUM(L5:L16)</f>
         <v>69508913</v>
       </c>
       <c r="M17" s="20"/>
       <c r="N17" s="116"/>
       <c r="O17" s="116"/>
       <c r="P17" s="116"/>
       <c r="Q17" s="116"/>
       <c r="R17" s="116"/>
       <c r="S17" s="116"/>
@@ -4157,223 +4150,223 @@
       <c r="CH17" s="116"/>
       <c r="CI17" s="116"/>
       <c r="CJ17" s="116"/>
       <c r="CK17" s="116"/>
       <c r="CL17" s="116"/>
       <c r="CM17" s="116"/>
       <c r="CN17" s="116"/>
       <c r="CO17" s="116"/>
       <c r="CP17" s="116"/>
       <c r="CQ17" s="116"/>
       <c r="CR17" s="116"/>
       <c r="CS17" s="116"/>
       <c r="CT17" s="116"/>
       <c r="CU17" s="116"/>
       <c r="CV17" s="116"/>
       <c r="CW17" s="116"/>
       <c r="CX17" s="116"/>
     </row>
     <row r="18" spans="1:102" s="13" customFormat="1" ht="83.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="6">
         <v>13</v>
       </c>
       <c r="B18" s="6">
         <v>1</v>
       </c>
-      <c r="C18" s="156"/>
+      <c r="C18" s="155"/>
       <c r="D18" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E18" s="8" t="s">
         <v>45</v>
       </c>
       <c r="F18" s="8" t="s">
         <v>46</v>
       </c>
       <c r="G18" s="5">
         <v>1631734700</v>
       </c>
       <c r="H18" s="5">
         <v>734280615</v>
       </c>
       <c r="I18" s="14">
         <f t="shared" ref="I18:I21" si="12">H18/G18*100</f>
         <v>45</v>
       </c>
       <c r="J18" s="5">
         <f t="shared" ref="J18:J21" si="13">G18*K18/100</f>
         <v>897454085</v>
       </c>
       <c r="K18" s="14">
         <f t="shared" ref="K18:K21" si="14">100-I18-M18</f>
         <v>55</v>
       </c>
       <c r="L18" s="5">
         <v>0</v>
       </c>
       <c r="M18" s="11">
         <f t="shared" ref="M18:M21" si="15">L18/G18*100</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:102" s="13" customFormat="1" ht="77.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="6">
         <v>14</v>
       </c>
       <c r="B19" s="6">
         <v>2</v>
       </c>
-      <c r="C19" s="156"/>
+      <c r="C19" s="155"/>
       <c r="D19" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E19" s="8" t="s">
         <v>47</v>
       </c>
       <c r="F19" s="8" t="s">
         <v>48</v>
       </c>
       <c r="G19" s="5">
         <v>102000000</v>
       </c>
       <c r="H19" s="5">
         <v>30600000</v>
       </c>
       <c r="I19" s="14">
         <f t="shared" si="12"/>
         <v>30</v>
       </c>
       <c r="J19" s="5">
         <f t="shared" si="13"/>
         <v>71400000</v>
       </c>
       <c r="K19" s="14">
         <f t="shared" si="14"/>
         <v>70</v>
       </c>
       <c r="L19" s="5">
         <v>0</v>
       </c>
       <c r="M19" s="11">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:102" s="13" customFormat="1" ht="79.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="6">
         <v>15</v>
       </c>
       <c r="B20" s="6">
         <v>3</v>
       </c>
-      <c r="C20" s="156"/>
+      <c r="C20" s="155"/>
       <c r="D20" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E20" s="8" t="s">
         <v>49</v>
       </c>
       <c r="F20" s="23" t="s">
         <v>50</v>
       </c>
       <c r="G20" s="5">
         <v>340554950</v>
       </c>
       <c r="H20" s="5">
         <v>136221980</v>
       </c>
       <c r="I20" s="14">
         <f t="shared" si="12"/>
         <v>40</v>
       </c>
       <c r="J20" s="5">
         <f t="shared" si="13"/>
         <v>136221980</v>
       </c>
       <c r="K20" s="14">
         <f t="shared" si="14"/>
         <v>40</v>
       </c>
       <c r="L20" s="5">
         <v>68110990</v>
       </c>
       <c r="M20" s="14">
         <f t="shared" si="15"/>
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:102" s="54" customFormat="1" ht="45.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="6">
         <v>16</v>
       </c>
       <c r="B21" s="6">
         <v>4</v>
       </c>
-      <c r="C21" s="156"/>
+      <c r="C21" s="155"/>
       <c r="D21" s="12" t="s">
         <v>44</v>
       </c>
       <c r="E21" s="12" t="s">
         <v>51</v>
       </c>
       <c r="F21" s="12" t="s">
         <v>52</v>
       </c>
       <c r="G21" s="51">
         <v>324698820</v>
       </c>
       <c r="H21" s="51">
         <v>113641787</v>
       </c>
       <c r="I21" s="52">
         <f t="shared" si="12"/>
         <v>34.999137662403577</v>
       </c>
       <c r="J21" s="51">
         <f t="shared" si="13"/>
         <v>211057033.00000003</v>
       </c>
       <c r="K21" s="52">
         <f t="shared" si="14"/>
         <v>65.000862337596431</v>
       </c>
       <c r="L21" s="51">
         <v>0</v>
       </c>
       <c r="M21" s="89">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:102" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="6">
         <v>17</v>
       </c>
       <c r="B22" s="6">
         <v>5</v>
       </c>
-      <c r="C22" s="156"/>
+      <c r="C22" s="155"/>
       <c r="D22" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E22" s="8" t="s">
         <v>44</v>
       </c>
       <c r="F22" s="8" t="s">
         <v>53</v>
       </c>
       <c r="G22" s="5">
         <v>171688400</v>
       </c>
       <c r="H22" s="5">
         <v>111597460</v>
       </c>
       <c r="I22" s="14">
         <f>H22/G22*100</f>
         <v>65</v>
       </c>
       <c r="J22" s="5">
         <f>G22*K22/100</f>
         <v>60090940</v>
       </c>
       <c r="K22" s="14">
         <f>100-I22-M22</f>
@@ -4390,451 +4383,451 @@
         <f>SUM(N10:N21)</f>
         <v>0</v>
       </c>
       <c r="O22" s="20">
         <f t="shared" ref="O22" si="16">SUM(O10:O21)</f>
         <v>0</v>
       </c>
       <c r="P22" s="20"/>
       <c r="Q22" s="20">
         <f>SUM(Q10:Q21)</f>
         <v>0</v>
       </c>
       <c r="R22" s="20"/>
       <c r="S22" s="20">
         <f>SUM(S10:S21)</f>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:102" s="13" customFormat="1" ht="78" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="6">
         <v>18</v>
       </c>
       <c r="B23" s="6">
         <v>6</v>
       </c>
-      <c r="C23" s="156"/>
+      <c r="C23" s="155"/>
       <c r="D23" s="8" t="s">
         <v>54</v>
       </c>
       <c r="E23" s="8" t="s">
         <v>55</v>
       </c>
       <c r="F23" s="23" t="s">
         <v>56</v>
       </c>
       <c r="G23" s="5">
         <v>453298000</v>
       </c>
       <c r="H23" s="5">
         <f>G23*I23/100</f>
         <v>249313900.00000003</v>
       </c>
       <c r="I23" s="14">
         <v>55.000000000000007</v>
       </c>
       <c r="J23" s="5">
         <f>G23*K23/100</f>
         <v>203984099.99999997</v>
       </c>
       <c r="K23" s="14">
         <v>44.999999999999993</v>
       </c>
       <c r="L23" s="5">
         <v>0</v>
       </c>
       <c r="M23" s="11">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:102" s="13" customFormat="1" ht="92.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="6">
         <v>19</v>
       </c>
       <c r="B24" s="6">
         <v>7</v>
       </c>
-      <c r="C24" s="156"/>
+      <c r="C24" s="155"/>
       <c r="D24" s="8" t="s">
         <v>54</v>
       </c>
       <c r="E24" s="8" t="s">
         <v>57</v>
       </c>
       <c r="F24" s="23" t="s">
         <v>58</v>
       </c>
       <c r="G24" s="5">
         <f>2802054987-344397500</f>
         <v>2457657487</v>
       </c>
       <c r="H24" s="5">
         <f>G24*30/100</f>
         <v>737297246.10000002</v>
       </c>
       <c r="I24" s="14">
         <f>H24/G24*100</f>
         <v>30</v>
       </c>
       <c r="J24" s="5">
         <f>G24*K24/100</f>
         <v>1720360240.9000001</v>
       </c>
       <c r="K24" s="14">
         <f>100-I24-M24</f>
         <v>70</v>
       </c>
       <c r="L24" s="5">
         <v>0</v>
       </c>
       <c r="M24" s="14">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:102" s="54" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="6">
         <v>20</v>
       </c>
       <c r="B25" s="6">
         <v>8</v>
       </c>
-      <c r="C25" s="156"/>
+      <c r="C25" s="155"/>
       <c r="D25" s="12" t="s">
         <v>54</v>
       </c>
       <c r="E25" s="12" t="s">
         <v>59</v>
       </c>
       <c r="F25" s="12" t="s">
         <v>60</v>
       </c>
       <c r="G25" s="51">
         <v>416306133</v>
       </c>
       <c r="H25" s="51">
         <v>145707146</v>
       </c>
       <c r="I25" s="52">
         <v>35</v>
       </c>
       <c r="J25" s="51">
         <f>G25-H25</f>
         <v>270598987</v>
       </c>
       <c r="K25" s="52">
         <f>J25/G25*100</f>
         <v>65.000000132114309</v>
       </c>
       <c r="L25" s="51">
         <v>0</v>
       </c>
       <c r="M25" s="89">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:102" s="54" customFormat="1" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="6">
         <v>21</v>
       </c>
       <c r="B26" s="6">
         <v>9</v>
       </c>
-      <c r="C26" s="156"/>
+      <c r="C26" s="155"/>
       <c r="D26" s="12" t="s">
         <v>54</v>
       </c>
       <c r="E26" s="12" t="s">
         <v>61</v>
       </c>
       <c r="F26" s="12" t="s">
         <v>62</v>
       </c>
       <c r="G26" s="51">
         <v>3812969066</v>
       </c>
       <c r="H26" s="51">
         <v>2478429892.9000001</v>
       </c>
       <c r="I26" s="52">
         <v>65</v>
       </c>
       <c r="J26" s="51">
         <f>G26*K26/100</f>
         <v>1334539173.0999999</v>
       </c>
       <c r="K26" s="52">
         <v>35</v>
       </c>
       <c r="L26" s="51">
         <v>0</v>
       </c>
       <c r="M26" s="89">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:102" s="13" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="6">
         <v>22</v>
       </c>
       <c r="B27" s="6">
         <v>10</v>
       </c>
-      <c r="C27" s="156"/>
+      <c r="C27" s="155"/>
       <c r="D27" s="8" t="s">
         <v>54</v>
       </c>
       <c r="E27" s="8" t="s">
         <v>63</v>
       </c>
       <c r="F27" s="23" t="s">
         <v>64</v>
       </c>
       <c r="G27" s="5">
         <v>137785200</v>
       </c>
       <c r="H27" s="5">
         <v>48224820</v>
       </c>
       <c r="I27" s="14">
         <f>H27/G27*100</f>
         <v>35</v>
       </c>
       <c r="J27" s="5">
         <f>G27-H27</f>
         <v>89560380</v>
       </c>
       <c r="K27" s="14">
         <f>J27/G27*100</f>
         <v>65</v>
       </c>
       <c r="L27" s="5">
         <v>0</v>
       </c>
       <c r="M27" s="11">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:102" s="13" customFormat="1" ht="48.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="6">
         <v>23</v>
       </c>
       <c r="B28" s="6">
         <v>11</v>
       </c>
-      <c r="C28" s="156"/>
+      <c r="C28" s="155"/>
       <c r="D28" s="8" t="s">
         <v>54</v>
       </c>
       <c r="E28" s="8" t="s">
         <v>65</v>
       </c>
       <c r="F28" s="23" t="s">
         <v>462</v>
       </c>
       <c r="G28" s="5">
         <v>344398500</v>
       </c>
       <c r="H28" s="5">
         <f>G28*I28/100</f>
         <v>103319550</v>
       </c>
       <c r="I28" s="14">
         <v>30</v>
       </c>
       <c r="J28" s="5">
         <f>G28*K28/100</f>
         <v>241078950</v>
       </c>
       <c r="K28" s="14">
         <f>100-I28-M28</f>
         <v>70</v>
       </c>
       <c r="L28" s="5">
         <v>0</v>
       </c>
       <c r="M28" s="14">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:102" s="13" customFormat="1" ht="44.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="6">
         <v>24</v>
       </c>
       <c r="B29" s="6">
         <v>12</v>
       </c>
-      <c r="C29" s="156"/>
+      <c r="C29" s="155"/>
       <c r="D29" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E29" s="8" t="s">
         <v>67</v>
       </c>
       <c r="F29" s="23" t="s">
         <v>68</v>
       </c>
       <c r="G29" s="5">
         <v>4754723716</v>
       </c>
       <c r="H29" s="5">
         <v>3090570415</v>
       </c>
       <c r="I29" s="14">
         <f t="shared" ref="I29:I30" si="17">H29/G29*100</f>
         <v>64.999999991587316</v>
       </c>
       <c r="J29" s="5">
         <f t="shared" ref="J29:J30" si="18">G29*K29/100</f>
         <v>1664153301</v>
       </c>
       <c r="K29" s="14">
         <f t="shared" ref="K29:K30" si="19">100-I29-M29</f>
         <v>35.000000008412684</v>
       </c>
       <c r="L29" s="5">
         <v>0</v>
       </c>
       <c r="M29" s="14">
         <f t="shared" ref="M29:M31" si="20">L29/G29*100</f>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:102" s="13" customFormat="1" ht="111.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="6">
         <v>25</v>
       </c>
       <c r="B30" s="6">
         <v>13</v>
       </c>
-      <c r="C30" s="156"/>
+      <c r="C30" s="155"/>
       <c r="D30" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E30" s="8" t="s">
         <v>69</v>
       </c>
       <c r="F30" s="23" t="s">
         <v>70</v>
       </c>
       <c r="G30" s="5">
         <v>160711990</v>
       </c>
       <c r="H30" s="5">
         <v>88391595</v>
       </c>
       <c r="I30" s="14">
         <f t="shared" si="17"/>
         <v>55.000000311115556</v>
       </c>
       <c r="J30" s="5">
         <f t="shared" si="18"/>
         <v>72320395</v>
       </c>
       <c r="K30" s="14">
         <f t="shared" si="19"/>
         <v>44.999999688884444</v>
       </c>
       <c r="L30" s="5">
         <v>0</v>
       </c>
       <c r="M30" s="14">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:102" s="13" customFormat="1" ht="177.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="6">
         <v>26</v>
       </c>
       <c r="B31" s="6">
         <v>14</v>
       </c>
-      <c r="C31" s="156"/>
+      <c r="C31" s="155"/>
       <c r="D31" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E31" s="8" t="s">
         <v>71</v>
       </c>
       <c r="F31" s="23" t="s">
         <v>72</v>
       </c>
       <c r="G31" s="5">
         <v>1085079910</v>
       </c>
       <c r="H31" s="5">
         <v>379777969</v>
       </c>
       <c r="I31" s="14">
         <v>35</v>
       </c>
       <c r="J31" s="5">
         <f>G31*K31/100</f>
         <v>705301941.5</v>
       </c>
       <c r="K31" s="14">
         <f>100-I31-M31</f>
         <v>65</v>
       </c>
       <c r="L31" s="5">
         <v>0</v>
       </c>
       <c r="M31" s="14">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:102" s="25" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="149" t="s">
+      <c r="A32" s="153" t="s">
         <v>73</v>
       </c>
-      <c r="B32" s="149"/>
-[...4 lines deleted...]
-      <c r="G32" s="24">
+      <c r="B32" s="153"/>
+      <c r="C32" s="153"/>
+      <c r="D32" s="153"/>
+      <c r="E32" s="153"/>
+      <c r="F32" s="153"/>
+      <c r="G32" s="162">
         <f>SUM(G18:G31)</f>
         <v>16193606872</v>
       </c>
-      <c r="H32" s="145">
+      <c r="H32" s="162">
         <f t="shared" ref="H32:M32" si="21">SUM(H18:H31)</f>
         <v>8447374376</v>
       </c>
-      <c r="I32" s="145">
+      <c r="I32" s="162">
         <f t="shared" si="21"/>
         <v>619.99913796510646</v>
       </c>
-      <c r="J32" s="145">
+      <c r="J32" s="162">
         <f t="shared" si="21"/>
         <v>7678121506.5</v>
       </c>
-      <c r="K32" s="145">
+      <c r="K32" s="162">
         <f t="shared" si="21"/>
         <v>760.00086216700799</v>
       </c>
-      <c r="L32" s="145">
+      <c r="L32" s="162">
         <f t="shared" si="21"/>
         <v>68110990</v>
       </c>
       <c r="M32" s="24">
         <f t="shared" si="21"/>
         <v>20</v>
       </c>
       <c r="N32" s="13"/>
       <c r="O32" s="13"/>
       <c r="P32" s="13"/>
       <c r="Q32" s="13"/>
       <c r="R32" s="13"/>
       <c r="S32" s="13"/>
       <c r="T32" s="13"/>
       <c r="U32" s="13"/>
       <c r="V32" s="13"/>
       <c r="W32" s="13"/>
       <c r="X32" s="13"/>
       <c r="Y32" s="13"/>
       <c r="Z32" s="13"/>
       <c r="AA32" s="13"/>
       <c r="AB32" s="13"/>
       <c r="AC32" s="13"/>
       <c r="AD32" s="13"/>
       <c r="AE32" s="13"/>
@@ -4895,88 +4888,88 @@
       <c r="CH32" s="13"/>
       <c r="CI32" s="13"/>
       <c r="CJ32" s="13"/>
       <c r="CK32" s="13"/>
       <c r="CL32" s="13"/>
       <c r="CM32" s="13"/>
       <c r="CN32" s="13"/>
       <c r="CO32" s="13"/>
       <c r="CP32" s="13"/>
       <c r="CQ32" s="13"/>
       <c r="CR32" s="13"/>
       <c r="CS32" s="13"/>
       <c r="CT32" s="13"/>
       <c r="CU32" s="13"/>
       <c r="CV32" s="13"/>
       <c r="CW32" s="13"/>
       <c r="CX32" s="13"/>
     </row>
     <row r="33" spans="1:103" s="4" customFormat="1" ht="183.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="23">
         <v>27</v>
       </c>
       <c r="B33" s="6">
         <v>1</v>
       </c>
-      <c r="C33" s="150" t="s">
+      <c r="C33" s="157" t="s">
         <v>74</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>74</v>
       </c>
       <c r="E33" s="8" t="s">
         <v>75</v>
       </c>
       <c r="F33" s="8" t="s">
         <v>76</v>
       </c>
       <c r="G33" s="5">
         <v>1196295527</v>
       </c>
       <c r="H33" s="5">
         <v>777592092.55000007</v>
       </c>
       <c r="I33" s="5">
         <v>65</v>
       </c>
       <c r="J33" s="5">
         <v>418703434.44999999</v>
       </c>
       <c r="K33" s="5">
         <v>35</v>
       </c>
       <c r="L33" s="5"/>
       <c r="M33" s="5"/>
     </row>
     <row r="34" spans="1:103" s="22" customFormat="1" ht="182.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="23">
         <v>28</v>
       </c>
       <c r="B34" s="23">
         <v>2</v>
       </c>
-      <c r="C34" s="150"/>
+      <c r="C34" s="157"/>
       <c r="D34" s="23" t="s">
         <v>74</v>
       </c>
       <c r="E34" s="23" t="s">
         <v>77</v>
       </c>
       <c r="F34" s="23" t="s">
         <v>78</v>
       </c>
       <c r="G34" s="35">
         <v>313825897</v>
       </c>
       <c r="H34" s="35">
         <v>109839063.94999999</v>
       </c>
       <c r="I34" s="35">
         <v>35</v>
       </c>
       <c r="J34" s="35">
         <v>203986833.05000001</v>
       </c>
       <c r="K34" s="23">
         <v>65</v>
       </c>
       <c r="L34" s="23"/>
@@ -5056,160 +5049,160 @@
       <c r="CI34" s="117"/>
       <c r="CJ34" s="117"/>
       <c r="CK34" s="117"/>
       <c r="CL34" s="117"/>
       <c r="CM34" s="117"/>
       <c r="CN34" s="117"/>
       <c r="CO34" s="117"/>
       <c r="CP34" s="117"/>
       <c r="CQ34" s="117"/>
       <c r="CR34" s="117"/>
       <c r="CS34" s="117"/>
       <c r="CT34" s="117"/>
       <c r="CU34" s="117"/>
       <c r="CV34" s="117"/>
       <c r="CW34" s="117"/>
       <c r="CX34" s="117"/>
       <c r="CY34" s="26"/>
     </row>
     <row r="35" spans="1:103" s="4" customFormat="1" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="23">
         <v>29</v>
       </c>
       <c r="B35" s="6">
         <v>3</v>
       </c>
-      <c r="C35" s="150"/>
+      <c r="C35" s="157"/>
       <c r="D35" s="8" t="s">
         <v>79</v>
       </c>
       <c r="E35" s="8" t="s">
         <v>80</v>
       </c>
       <c r="F35" s="8" t="s">
         <v>81</v>
       </c>
       <c r="G35" s="30">
         <v>840353690</v>
       </c>
       <c r="H35" s="30">
         <f>G35*I35/100</f>
         <v>252106107</v>
       </c>
       <c r="I35" s="30">
         <v>30</v>
       </c>
       <c r="J35" s="30">
         <f t="shared" ref="J35" si="22">G35*K35/100</f>
         <v>588247583</v>
       </c>
       <c r="K35" s="30">
         <v>70</v>
       </c>
       <c r="L35" s="74"/>
       <c r="M35" s="10"/>
     </row>
     <row r="36" spans="1:103" s="32" customFormat="1" ht="110.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="23">
         <v>30</v>
       </c>
       <c r="B36" s="23">
         <v>4</v>
       </c>
-      <c r="C36" s="150"/>
+      <c r="C36" s="157"/>
       <c r="D36" s="34" t="s">
         <v>82</v>
       </c>
       <c r="E36" s="12" t="s">
         <v>83</v>
       </c>
       <c r="F36" s="123" t="s">
         <v>84</v>
       </c>
       <c r="G36" s="30">
         <v>210052012</v>
       </c>
       <c r="H36" s="30">
         <v>115528606.60000001</v>
       </c>
       <c r="I36" s="31">
         <v>55</v>
       </c>
       <c r="J36" s="30">
         <v>94523405.400000006</v>
       </c>
       <c r="K36" s="30">
         <f>100-I36-M36</f>
         <v>45</v>
       </c>
       <c r="L36" s="30"/>
       <c r="M36" s="30"/>
     </row>
     <row r="37" spans="1:103" s="32" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="23">
         <v>31</v>
       </c>
       <c r="B37" s="6">
         <v>5</v>
       </c>
-      <c r="C37" s="150"/>
+      <c r="C37" s="157"/>
       <c r="D37" s="34" t="s">
         <v>82</v>
       </c>
       <c r="E37" s="12" t="s">
         <v>85</v>
       </c>
       <c r="F37" s="123" t="s">
         <v>86</v>
       </c>
       <c r="G37" s="30">
         <v>175195210</v>
       </c>
       <c r="H37" s="30">
         <v>61318323.499999993</v>
       </c>
       <c r="I37" s="31">
         <v>35</v>
       </c>
       <c r="J37" s="30">
         <v>113876886.5</v>
       </c>
       <c r="K37" s="30">
         <f t="shared" ref="K37" si="23">100-I37-M37</f>
         <v>65</v>
       </c>
       <c r="L37" s="90"/>
       <c r="M37" s="90"/>
     </row>
     <row r="38" spans="1:103" s="32" customFormat="1" ht="175.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="23">
         <v>32</v>
       </c>
       <c r="B38" s="23">
         <v>6</v>
       </c>
-      <c r="C38" s="150"/>
+      <c r="C38" s="157"/>
       <c r="D38" s="124" t="s">
         <v>82</v>
       </c>
       <c r="E38" s="47" t="s">
         <v>87</v>
       </c>
       <c r="F38" s="125" t="s">
         <v>88</v>
       </c>
       <c r="G38" s="30">
         <v>2550867578</v>
       </c>
       <c r="H38" s="30">
         <v>1147890410.0999999</v>
       </c>
       <c r="I38" s="31">
         <v>45</v>
       </c>
       <c r="J38" s="30">
         <v>1402977167.9000001</v>
       </c>
       <c r="K38" s="30">
         <v>55</v>
       </c>
       <c r="L38" s="91"/>
@@ -5272,795 +5265,795 @@
       <c r="BQ38" s="118"/>
       <c r="BR38" s="118"/>
       <c r="BS38" s="118"/>
       <c r="BT38" s="118"/>
       <c r="BU38" s="118"/>
       <c r="BV38" s="118"/>
       <c r="BW38" s="118"/>
       <c r="BX38" s="118"/>
       <c r="BY38" s="118"/>
       <c r="BZ38" s="118"/>
       <c r="CA38" s="118"/>
       <c r="CB38" s="118"/>
       <c r="CC38" s="118"/>
       <c r="CD38" s="118"/>
       <c r="CE38" s="118"/>
       <c r="CF38" s="118"/>
       <c r="CG38" s="118"/>
     </row>
     <row r="39" spans="1:103" s="32" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="23">
         <v>33</v>
       </c>
       <c r="B39" s="6">
         <v>7</v>
       </c>
-      <c r="C39" s="150"/>
+      <c r="C39" s="157"/>
       <c r="D39" s="12" t="s">
         <v>89</v>
       </c>
       <c r="E39" s="12" t="s">
         <v>89</v>
       </c>
       <c r="F39" s="12" t="s">
         <v>90</v>
       </c>
       <c r="G39" s="30">
         <v>50527490</v>
       </c>
       <c r="H39" s="30">
         <v>10105498</v>
       </c>
       <c r="I39" s="31">
         <v>20</v>
       </c>
       <c r="J39" s="30">
         <v>40421992</v>
       </c>
       <c r="K39" s="30">
         <f t="shared" ref="K39:K56" si="24">100-I39-M39</f>
         <v>80</v>
       </c>
       <c r="L39" s="30"/>
       <c r="M39" s="30"/>
     </row>
     <row r="40" spans="1:103" s="32" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="23">
         <v>34</v>
       </c>
       <c r="B40" s="23">
         <v>8</v>
       </c>
-      <c r="C40" s="150"/>
+      <c r="C40" s="157"/>
       <c r="D40" s="12" t="s">
         <v>89</v>
       </c>
       <c r="E40" s="12" t="s">
         <v>89</v>
       </c>
       <c r="F40" s="12" t="s">
         <v>91</v>
       </c>
       <c r="G40" s="30">
         <v>19353236</v>
       </c>
       <c r="H40" s="30">
         <v>10644279.800000001</v>
       </c>
       <c r="I40" s="31">
         <v>55</v>
       </c>
       <c r="J40" s="30">
         <v>8708956.2000000011</v>
       </c>
       <c r="K40" s="30">
         <f t="shared" si="24"/>
         <v>45</v>
       </c>
       <c r="L40" s="30"/>
       <c r="M40" s="30"/>
     </row>
     <row r="41" spans="1:103" s="32" customFormat="1" ht="83.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="23">
         <v>35</v>
       </c>
       <c r="B41" s="6">
         <v>9</v>
       </c>
-      <c r="C41" s="150"/>
+      <c r="C41" s="157"/>
       <c r="D41" s="12" t="s">
         <v>92</v>
       </c>
       <c r="E41" s="12" t="s">
         <v>93</v>
       </c>
       <c r="F41" s="12" t="s">
         <v>94</v>
       </c>
       <c r="G41" s="30">
         <v>125066500</v>
       </c>
       <c r="H41" s="30">
         <v>31750875</v>
       </c>
       <c r="I41" s="31">
         <v>25</v>
       </c>
       <c r="J41" s="30">
         <f t="shared" ref="J41:J44" si="25">G41*K41/100</f>
         <v>93799875</v>
       </c>
       <c r="K41" s="30">
         <f t="shared" si="24"/>
         <v>75</v>
       </c>
       <c r="L41" s="30"/>
       <c r="M41" s="30"/>
     </row>
     <row r="42" spans="1:103" s="32" customFormat="1" ht="136.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="23">
         <v>36</v>
       </c>
       <c r="B42" s="23">
         <v>10</v>
       </c>
-      <c r="C42" s="150"/>
+      <c r="C42" s="157"/>
       <c r="D42" s="12" t="s">
         <v>92</v>
       </c>
       <c r="E42" s="12" t="s">
         <v>95</v>
       </c>
       <c r="F42" s="12" t="s">
         <v>96</v>
       </c>
       <c r="G42" s="30">
         <v>462373916</v>
       </c>
       <c r="H42" s="30">
         <f t="shared" ref="H42:H55" si="26">G42*I42/100</f>
         <v>300543045.39999998</v>
       </c>
       <c r="I42" s="31">
         <v>65</v>
       </c>
       <c r="J42" s="30">
         <f t="shared" si="25"/>
         <v>161830870.59999999</v>
       </c>
       <c r="K42" s="30">
         <f t="shared" si="24"/>
         <v>35</v>
       </c>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
     </row>
     <row r="43" spans="1:103" s="54" customFormat="1" ht="71.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="23">
         <v>37</v>
       </c>
       <c r="B43" s="6">
         <v>11</v>
       </c>
-      <c r="C43" s="150"/>
+      <c r="C43" s="157"/>
       <c r="D43" s="12" t="s">
         <v>92</v>
       </c>
       <c r="E43" s="12" t="s">
         <v>97</v>
       </c>
       <c r="F43" s="12" t="s">
         <v>98</v>
       </c>
       <c r="G43" s="30">
         <v>182516694</v>
       </c>
       <c r="H43" s="30">
         <f t="shared" si="26"/>
         <v>45629173.5</v>
       </c>
       <c r="I43" s="31">
         <v>25</v>
       </c>
       <c r="J43" s="30">
         <f t="shared" si="25"/>
         <v>136887520.5</v>
       </c>
       <c r="K43" s="30">
         <f t="shared" si="24"/>
         <v>75</v>
       </c>
       <c r="L43" s="30"/>
       <c r="M43" s="92"/>
     </row>
     <row r="44" spans="1:103" s="54" customFormat="1" ht="129" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="23">
         <v>38</v>
       </c>
       <c r="B44" s="23">
         <v>12</v>
       </c>
-      <c r="C44" s="150"/>
+      <c r="C44" s="157"/>
       <c r="D44" s="12" t="s">
         <v>92</v>
       </c>
       <c r="E44" s="12" t="s">
         <v>99</v>
       </c>
       <c r="F44" s="12" t="s">
         <v>100</v>
       </c>
       <c r="G44" s="30">
         <v>176823600</v>
       </c>
       <c r="H44" s="30">
         <f t="shared" si="26"/>
         <v>97252980</v>
       </c>
       <c r="I44" s="31">
         <v>55</v>
       </c>
       <c r="J44" s="30">
         <f t="shared" si="25"/>
         <v>79570620</v>
       </c>
       <c r="K44" s="30">
         <f t="shared" si="24"/>
         <v>45</v>
       </c>
       <c r="L44" s="30"/>
       <c r="M44" s="92"/>
     </row>
     <row r="45" spans="1:103" s="54" customFormat="1" ht="60.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="23">
         <v>39</v>
       </c>
       <c r="B45" s="6">
         <v>13</v>
       </c>
-      <c r="C45" s="150"/>
+      <c r="C45" s="157"/>
       <c r="D45" s="12" t="s">
         <v>92</v>
       </c>
       <c r="E45" s="12" t="s">
         <v>101</v>
       </c>
       <c r="F45" s="12" t="s">
         <v>102</v>
       </c>
       <c r="G45" s="30">
         <v>357295100</v>
       </c>
       <c r="H45" s="30">
         <f>G45*I45/100</f>
         <v>125053285</v>
       </c>
       <c r="I45" s="31">
         <v>35</v>
       </c>
       <c r="J45" s="30">
         <f>G45-H45</f>
         <v>232241815</v>
       </c>
       <c r="K45" s="30">
         <f t="shared" si="24"/>
         <v>65</v>
       </c>
       <c r="L45" s="30"/>
       <c r="M45" s="92"/>
     </row>
     <row r="46" spans="1:103" s="32" customFormat="1" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="23">
         <v>40</v>
       </c>
       <c r="B46" s="23">
         <v>14</v>
       </c>
-      <c r="C46" s="150"/>
+      <c r="C46" s="157"/>
       <c r="D46" s="12" t="s">
         <v>92</v>
       </c>
       <c r="E46" s="12" t="s">
         <v>103</v>
       </c>
       <c r="F46" s="12" t="s">
         <v>104</v>
       </c>
       <c r="G46" s="30">
         <v>134650500</v>
       </c>
       <c r="H46" s="30">
         <f>G46*I46/100</f>
         <v>60592725</v>
       </c>
       <c r="I46" s="31">
         <v>45</v>
       </c>
       <c r="J46" s="30">
         <f t="shared" ref="J46:J47" si="27">G46*K46/100</f>
         <v>74057775</v>
       </c>
       <c r="K46" s="30">
         <f>100-I46-M46</f>
         <v>55</v>
       </c>
       <c r="L46" s="30"/>
       <c r="M46" s="27"/>
     </row>
     <row r="47" spans="1:103" s="32" customFormat="1" ht="203.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="23">
         <v>41</v>
       </c>
       <c r="B47" s="6">
         <v>15</v>
       </c>
-      <c r="C47" s="150"/>
+      <c r="C47" s="157"/>
       <c r="D47" s="12" t="s">
         <v>92</v>
       </c>
       <c r="E47" s="12" t="s">
         <v>93</v>
       </c>
       <c r="F47" s="12" t="s">
         <v>105</v>
       </c>
       <c r="G47" s="30">
         <v>82358310</v>
       </c>
       <c r="H47" s="30">
         <f>G47*I47/100</f>
         <v>30472574.699999999</v>
       </c>
       <c r="I47" s="31">
         <v>37</v>
       </c>
       <c r="J47" s="30">
         <f t="shared" si="27"/>
         <v>51885735.299999997</v>
       </c>
       <c r="K47" s="30">
         <f>100-I47-M47</f>
         <v>63</v>
       </c>
       <c r="L47" s="30"/>
       <c r="M47" s="27"/>
     </row>
     <row r="48" spans="1:103" s="32" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="23">
         <v>42</v>
       </c>
       <c r="B48" s="23">
         <v>16</v>
       </c>
-      <c r="C48" s="150"/>
+      <c r="C48" s="157"/>
       <c r="D48" s="12" t="s">
         <v>92</v>
       </c>
       <c r="E48" s="12" t="s">
         <v>92</v>
       </c>
       <c r="F48" s="12" t="s">
         <v>106</v>
       </c>
       <c r="G48" s="30">
         <v>108999100</v>
       </c>
       <c r="H48" s="30">
         <f>G48*I48/100</f>
         <v>43599640</v>
       </c>
       <c r="I48" s="31">
         <v>40</v>
       </c>
       <c r="J48" s="30">
         <f>G48*60/100</f>
         <v>65399460</v>
       </c>
       <c r="K48" s="30">
         <v>60</v>
       </c>
       <c r="L48" s="30">
         <v>0</v>
       </c>
       <c r="M48" s="30"/>
     </row>
     <row r="49" spans="1:102" s="32" customFormat="1" ht="177.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="23">
         <v>43</v>
       </c>
       <c r="B49" s="6">
         <v>17</v>
       </c>
-      <c r="C49" s="150"/>
+      <c r="C49" s="157"/>
       <c r="D49" s="12" t="s">
         <v>92</v>
       </c>
       <c r="E49" s="12" t="s">
         <v>107</v>
       </c>
       <c r="F49" s="12" t="s">
         <v>108</v>
       </c>
       <c r="G49" s="30">
         <v>388399856</v>
       </c>
       <c r="H49" s="30">
         <f>G49*I49/100</f>
         <v>252459906.40000001</v>
       </c>
       <c r="I49" s="31">
         <v>65</v>
       </c>
       <c r="J49" s="30">
         <f>G49*K49/100</f>
         <v>135939949.59999999</v>
       </c>
       <c r="K49" s="30">
         <f>100-I49-M49</f>
         <v>35</v>
       </c>
       <c r="L49" s="30"/>
       <c r="M49" s="30"/>
     </row>
     <row r="50" spans="1:102" s="32" customFormat="1" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="23">
         <v>44</v>
       </c>
       <c r="B50" s="23">
         <v>18</v>
       </c>
-      <c r="C50" s="150"/>
+      <c r="C50" s="157"/>
       <c r="D50" s="23" t="s">
         <v>92</v>
       </c>
       <c r="E50" s="23" t="s">
         <v>109</v>
       </c>
       <c r="F50" s="23" t="s">
         <v>110</v>
       </c>
       <c r="G50" s="30">
         <v>152883938</v>
       </c>
       <c r="H50" s="30">
         <v>99375860</v>
       </c>
       <c r="I50" s="31"/>
       <c r="J50" s="30">
         <f>G50*35/100</f>
         <v>53509378.299999997</v>
       </c>
       <c r="K50" s="30">
         <v>35</v>
       </c>
       <c r="L50" s="30"/>
       <c r="M50" s="30"/>
     </row>
     <row r="51" spans="1:102" s="54" customFormat="1" ht="52.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="23">
         <v>45</v>
       </c>
       <c r="B51" s="6">
         <v>19</v>
       </c>
-      <c r="C51" s="150"/>
+      <c r="C51" s="157"/>
       <c r="D51" s="12" t="s">
         <v>111</v>
       </c>
       <c r="E51" s="12" t="s">
         <v>112</v>
       </c>
       <c r="F51" s="12" t="s">
         <v>113</v>
       </c>
       <c r="G51" s="30">
         <v>245909760</v>
       </c>
       <c r="H51" s="30">
         <f t="shared" ref="H51" si="28">G51*I51/100</f>
         <v>86068416</v>
       </c>
       <c r="I51" s="31">
         <v>35</v>
       </c>
       <c r="J51" s="30">
         <v>159841344</v>
       </c>
       <c r="K51" s="30">
         <f t="shared" si="24"/>
         <v>65</v>
       </c>
       <c r="L51" s="30"/>
       <c r="M51" s="92"/>
     </row>
     <row r="52" spans="1:102" s="4" customFormat="1" ht="54" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="23">
         <v>46</v>
       </c>
       <c r="B52" s="23">
         <v>20</v>
       </c>
-      <c r="C52" s="150"/>
+      <c r="C52" s="157"/>
       <c r="D52" s="34" t="s">
         <v>114</v>
       </c>
       <c r="E52" s="34" t="s">
         <v>115</v>
       </c>
       <c r="F52" s="123" t="s">
         <v>116</v>
       </c>
       <c r="G52" s="30">
         <v>1171137400</v>
       </c>
       <c r="H52" s="30">
         <v>765802310</v>
       </c>
       <c r="I52" s="30">
         <v>65</v>
       </c>
       <c r="J52" s="30">
         <f t="shared" ref="J52" si="29">G52*K52/100</f>
         <v>409898090</v>
       </c>
       <c r="K52" s="30">
         <f>100-I52</f>
         <v>35</v>
       </c>
       <c r="L52" s="30"/>
       <c r="M52" s="33"/>
     </row>
     <row r="53" spans="1:102" s="32" customFormat="1" ht="82.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="23">
         <v>47</v>
       </c>
       <c r="B53" s="6">
         <v>21</v>
       </c>
-      <c r="C53" s="150"/>
+      <c r="C53" s="157"/>
       <c r="D53" s="123" t="s">
         <v>117</v>
       </c>
       <c r="E53" s="12" t="s">
         <v>118</v>
       </c>
       <c r="F53" s="12" t="s">
         <v>119</v>
       </c>
       <c r="G53" s="30">
         <v>114484867</v>
       </c>
       <c r="H53" s="30">
         <v>74415163.549999997</v>
       </c>
       <c r="I53" s="30">
         <v>65</v>
       </c>
       <c r="J53" s="30">
         <v>40069703.450000003</v>
       </c>
       <c r="K53" s="30">
         <v>35</v>
       </c>
       <c r="L53" s="30"/>
       <c r="M53" s="29"/>
     </row>
     <row r="54" spans="1:102" s="4" customFormat="1" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="23">
         <v>48</v>
       </c>
       <c r="B54" s="23">
         <v>22</v>
       </c>
-      <c r="C54" s="150"/>
+      <c r="C54" s="157"/>
       <c r="D54" s="123" t="s">
         <v>114</v>
       </c>
       <c r="E54" s="23" t="s">
         <v>120</v>
       </c>
       <c r="F54" s="23" t="s">
         <v>121</v>
       </c>
       <c r="G54" s="35">
         <v>51919720</v>
       </c>
       <c r="H54" s="35">
         <v>28555846</v>
       </c>
       <c r="I54" s="35">
         <v>55</v>
       </c>
       <c r="J54" s="30">
         <f>G54-H54</f>
         <v>23363874</v>
       </c>
       <c r="K54" s="35">
         <v>45</v>
       </c>
       <c r="L54" s="35"/>
       <c r="M54" s="35"/>
     </row>
     <row r="55" spans="1:102" s="32" customFormat="1" ht="258" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="23">
         <v>49</v>
       </c>
       <c r="B55" s="6">
         <v>23</v>
       </c>
-      <c r="C55" s="150"/>
+      <c r="C55" s="157"/>
       <c r="D55" s="12" t="s">
         <v>122</v>
       </c>
       <c r="E55" s="12" t="s">
         <v>123</v>
       </c>
       <c r="F55" s="12" t="s">
         <v>124</v>
       </c>
       <c r="G55" s="30">
         <v>761961986</v>
       </c>
       <c r="H55" s="30">
         <f t="shared" si="26"/>
         <v>457177191.60000002</v>
       </c>
       <c r="I55" s="31">
         <v>60</v>
       </c>
       <c r="J55" s="30">
         <f>G55*K55/100</f>
         <v>304784794.39999998</v>
       </c>
       <c r="K55" s="30">
         <f t="shared" si="24"/>
         <v>40</v>
       </c>
       <c r="L55" s="30"/>
       <c r="M55" s="30"/>
     </row>
     <row r="56" spans="1:102" s="32" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="23">
         <v>50</v>
       </c>
       <c r="B56" s="23">
         <v>24</v>
       </c>
-      <c r="C56" s="150"/>
+      <c r="C56" s="157"/>
       <c r="D56" s="12" t="s">
         <v>125</v>
       </c>
       <c r="E56" s="12" t="s">
         <v>126</v>
       </c>
       <c r="F56" s="12" t="s">
         <v>127</v>
       </c>
       <c r="G56" s="30">
         <v>660249870</v>
       </c>
       <c r="H56" s="30">
         <f>G56*I56/100</f>
         <v>231087454.5</v>
       </c>
       <c r="I56" s="31">
         <v>35</v>
       </c>
       <c r="J56" s="30">
         <f>G56*K56/100</f>
         <v>429162415.5</v>
       </c>
       <c r="K56" s="30">
         <f t="shared" si="24"/>
         <v>65</v>
       </c>
       <c r="L56" s="30"/>
       <c r="M56" s="30"/>
     </row>
     <row r="57" spans="1:102" s="32" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="23">
         <v>51</v>
       </c>
       <c r="B57" s="6">
         <v>25</v>
       </c>
-      <c r="C57" s="150"/>
+      <c r="C57" s="157"/>
       <c r="D57" s="37" t="s">
         <v>125</v>
       </c>
       <c r="E57" s="37" t="s">
         <v>128</v>
       </c>
       <c r="F57" s="37" t="s">
         <v>129</v>
       </c>
       <c r="G57" s="38">
         <v>293088700</v>
       </c>
       <c r="H57" s="38">
         <v>102581045</v>
       </c>
       <c r="I57" s="38">
         <v>35</v>
       </c>
       <c r="J57" s="38">
         <f t="shared" ref="J57:J58" si="30">G57*K57/100</f>
         <v>190507655</v>
       </c>
       <c r="K57" s="38">
         <v>65</v>
       </c>
       <c r="L57" s="30"/>
       <c r="M57" s="27"/>
     </row>
     <row r="58" spans="1:102" s="32" customFormat="1" ht="74.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="23">
         <v>52</v>
       </c>
       <c r="B58" s="23">
         <v>26</v>
       </c>
-      <c r="C58" s="150"/>
+      <c r="C58" s="157"/>
       <c r="D58" s="12" t="s">
         <v>125</v>
       </c>
       <c r="E58" s="12" t="s">
         <v>130</v>
       </c>
       <c r="F58" s="12" t="s">
         <v>131</v>
       </c>
       <c r="G58" s="30">
         <v>174213293</v>
       </c>
       <c r="H58" s="30">
         <f>G58*I58/100</f>
         <v>60974652.549999997</v>
       </c>
       <c r="I58" s="31">
         <v>35</v>
       </c>
       <c r="J58" s="30">
         <f t="shared" si="30"/>
         <v>113238640.45</v>
       </c>
       <c r="K58" s="30">
         <f>100-I58-M58</f>
         <v>65</v>
       </c>
       <c r="L58" s="30"/>
       <c r="M58" s="27"/>
     </row>
     <row r="59" spans="1:102" s="39" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="136"/>
-      <c r="B59" s="151" t="s">
+      <c r="B59" s="156" t="s">
         <v>132</v>
       </c>
-      <c r="C59" s="151"/>
-[...2 lines deleted...]
-      <c r="F59" s="151"/>
+      <c r="C59" s="156"/>
+      <c r="D59" s="156"/>
+      <c r="E59" s="156"/>
+      <c r="F59" s="156"/>
       <c r="G59" s="110">
         <f>SUM(G33:G58)</f>
         <v>11000803750</v>
       </c>
       <c r="H59" s="110">
         <f>SUM(H33:H58)</f>
         <v>5378416525.7000008</v>
       </c>
       <c r="I59" s="110">
         <f t="shared" ref="I59:M59" si="31">SUM(I33:I56)</f>
         <v>1047</v>
       </c>
       <c r="J59" s="110">
         <f>SUM(J33:J58)</f>
         <v>5627435774.5999994</v>
       </c>
       <c r="K59" s="110"/>
       <c r="L59" s="110">
         <f>SUM(L33:L58)</f>
         <v>0</v>
       </c>
       <c r="M59" s="110">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
@@ -7331,58 +7324,58 @@
       </c>
       <c r="H87" s="51">
         <v>38570545</v>
       </c>
       <c r="I87" s="52">
         <f t="shared" si="42"/>
         <v>50</v>
       </c>
       <c r="J87" s="51">
         <f t="shared" si="43"/>
         <v>38570545</v>
       </c>
       <c r="K87" s="53">
         <f t="shared" si="44"/>
         <v>50</v>
       </c>
       <c r="L87" s="51">
         <v>0</v>
       </c>
       <c r="M87" s="52">
         <f t="shared" si="45"/>
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:102" s="25" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A88" s="149" t="s">
+      <c r="A88" s="153" t="s">
         <v>196</v>
       </c>
-      <c r="B88" s="149"/>
-[...3 lines deleted...]
-      <c r="F88" s="149"/>
+      <c r="B88" s="153"/>
+      <c r="C88" s="153"/>
+      <c r="D88" s="153"/>
+      <c r="E88" s="153"/>
+      <c r="F88" s="153"/>
       <c r="G88" s="24">
         <f>SUM(G60:G87)</f>
         <v>17040859038</v>
       </c>
       <c r="H88" s="24">
         <f>SUM(H60:H87)</f>
         <v>6176283947.1843243</v>
       </c>
       <c r="I88" s="24">
         <f t="shared" ref="I88:K88" si="46">SUM(I60:I86)</f>
         <v>935.9708613175485</v>
       </c>
       <c r="J88" s="24">
         <f>SUM(J60:J87)</f>
         <v>10784306237.815676</v>
       </c>
       <c r="K88" s="24">
         <f t="shared" si="46"/>
         <v>1729.0291436000471</v>
       </c>
       <c r="L88" s="24">
         <f>SUM(L60:L87)</f>
         <v>80268854</v>
       </c>
       <c r="M88" s="24"/>
@@ -7461,1185 +7454,1185 @@
       <c r="CH88" s="13"/>
       <c r="CI88" s="13"/>
       <c r="CJ88" s="13"/>
       <c r="CK88" s="13"/>
       <c r="CL88" s="13"/>
       <c r="CM88" s="13"/>
       <c r="CN88" s="13"/>
       <c r="CO88" s="13"/>
       <c r="CP88" s="13"/>
       <c r="CQ88" s="13"/>
       <c r="CR88" s="13"/>
       <c r="CS88" s="13"/>
       <c r="CT88" s="13"/>
       <c r="CU88" s="13"/>
       <c r="CV88" s="13"/>
       <c r="CW88" s="13"/>
       <c r="CX88" s="13"/>
     </row>
     <row r="89" spans="1:102" s="13" customFormat="1" ht="153.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="6">
         <v>81</v>
       </c>
       <c r="B89" s="6">
         <v>1</v>
       </c>
-      <c r="C89" s="150" t="s">
+      <c r="C89" s="157" t="s">
         <v>200</v>
       </c>
       <c r="D89" s="23" t="s">
         <v>197</v>
       </c>
       <c r="E89" s="8" t="s">
         <v>198</v>
       </c>
       <c r="F89" s="23" t="s">
         <v>199</v>
       </c>
       <c r="G89" s="5">
         <v>882812730</v>
       </c>
       <c r="H89" s="5">
         <v>485547001</v>
       </c>
       <c r="I89" s="14">
         <f t="shared" ref="I89:I90" si="47">H89/G89*100</f>
         <v>54.999999943362845</v>
       </c>
       <c r="J89" s="5">
         <f t="shared" ref="J89:J90" si="48">G89-H89-L89</f>
         <v>397265729</v>
       </c>
       <c r="K89" s="14">
         <f t="shared" ref="K89" si="49">100-I89-M89</f>
         <v>45.000000056637155</v>
       </c>
       <c r="L89" s="5"/>
       <c r="M89" s="11">
         <f>L89/G89*100</f>
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:102" s="13" customFormat="1" ht="205.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="6">
         <v>82</v>
       </c>
       <c r="B90" s="6">
         <v>2</v>
       </c>
-      <c r="C90" s="150"/>
+      <c r="C90" s="157"/>
       <c r="D90" s="23" t="s">
         <v>197</v>
       </c>
       <c r="E90" s="8" t="s">
         <v>201</v>
       </c>
       <c r="F90" s="23" t="s">
         <v>202</v>
       </c>
       <c r="G90" s="5">
         <v>1132216814</v>
       </c>
       <c r="H90" s="5">
         <v>396275885</v>
       </c>
       <c r="I90" s="14">
         <f t="shared" si="47"/>
         <v>35.000000008832231</v>
       </c>
       <c r="J90" s="5">
         <f t="shared" si="48"/>
         <v>735940929</v>
       </c>
       <c r="K90" s="14">
         <f>100-I90-M90</f>
         <v>64.999999991167769</v>
       </c>
       <c r="L90" s="5"/>
       <c r="M90" s="11">
         <f t="shared" ref="M90" si="50">L90/G90*100</f>
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:102" s="13" customFormat="1" ht="87" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A91" s="6">
         <v>83</v>
       </c>
       <c r="B91" s="6">
         <v>3</v>
       </c>
-      <c r="C91" s="150"/>
+      <c r="C91" s="157"/>
       <c r="D91" s="23" t="s">
         <v>197</v>
       </c>
       <c r="E91" s="8" t="s">
         <v>203</v>
       </c>
       <c r="F91" s="23" t="s">
         <v>204</v>
       </c>
       <c r="G91" s="5">
         <v>210180896</v>
       </c>
       <c r="H91" s="5">
         <v>63054268</v>
       </c>
       <c r="I91" s="14">
         <f>H91/G91*100</f>
         <v>29.999999619375494</v>
       </c>
       <c r="J91" s="5">
         <f>G91-H91-L91</f>
         <v>147126628</v>
       </c>
       <c r="K91" s="14">
         <f>100-I91-M91</f>
         <v>70.000000380624499</v>
       </c>
       <c r="L91" s="5"/>
       <c r="M91" s="14">
         <f>L91/G91*100</f>
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:102" s="13" customFormat="1" ht="79.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A92" s="6">
         <v>84</v>
       </c>
       <c r="B92" s="6">
         <v>4</v>
       </c>
-      <c r="C92" s="150"/>
+      <c r="C92" s="157"/>
       <c r="D92" s="23" t="s">
         <v>197</v>
       </c>
       <c r="E92" s="23" t="s">
         <v>205</v>
       </c>
       <c r="F92" s="23" t="s">
         <v>206</v>
       </c>
       <c r="G92" s="5">
         <v>135819638</v>
       </c>
       <c r="H92" s="5">
         <v>40745891</v>
       </c>
       <c r="I92" s="14">
         <f t="shared" ref="I92" si="51">H92/G92*100</f>
         <v>29.999999705491781</v>
       </c>
       <c r="J92" s="5">
         <f t="shared" ref="J92" si="52">G92-H92-L92</f>
         <v>95073747</v>
       </c>
       <c r="K92" s="14">
         <f t="shared" ref="K92" si="53">100-I92-M92</f>
         <v>70.000000294508226</v>
       </c>
       <c r="L92" s="5"/>
       <c r="M92" s="14">
         <f t="shared" ref="M92" si="54">L92/G92*100</f>
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:102" s="54" customFormat="1" ht="60.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="6">
         <v>85</v>
       </c>
       <c r="B93" s="6">
         <v>5</v>
       </c>
-      <c r="C93" s="150"/>
+      <c r="C93" s="157"/>
       <c r="D93" s="34" t="s">
         <v>207</v>
       </c>
       <c r="E93" s="12" t="s">
         <v>208</v>
       </c>
       <c r="F93" s="12" t="s">
         <v>209</v>
       </c>
       <c r="G93" s="51">
         <v>542269439</v>
       </c>
       <c r="H93" s="51">
         <v>247817134</v>
       </c>
       <c r="I93" s="52">
         <f>H93/G93*100</f>
         <v>45.70000006952263</v>
       </c>
       <c r="J93" s="51">
         <f>G93*K93/100</f>
         <v>244021247.17300004</v>
       </c>
       <c r="K93" s="52">
         <f>100-M93-I93</f>
         <v>44.999999930477372</v>
       </c>
       <c r="L93" s="51">
         <f>23317586+27113472</f>
         <v>50431058</v>
       </c>
       <c r="M93" s="89">
         <f>4.3+5</f>
         <v>9.3000000000000007</v>
       </c>
     </row>
     <row r="94" spans="1:102" s="54" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="6">
         <v>86</v>
       </c>
       <c r="B94" s="6">
         <v>6</v>
       </c>
-      <c r="C94" s="150"/>
+      <c r="C94" s="157"/>
       <c r="D94" s="34" t="s">
         <v>207</v>
       </c>
       <c r="E94" s="12" t="s">
         <v>210</v>
       </c>
       <c r="F94" s="12" t="s">
         <v>211</v>
       </c>
       <c r="G94" s="51">
         <v>382535276</v>
       </c>
       <c r="H94" s="51">
         <v>210394402</v>
       </c>
       <c r="I94" s="52">
         <f t="shared" ref="I94" si="55">H94/G94*100</f>
         <v>55.000000052282758</v>
       </c>
       <c r="J94" s="51">
         <f>G94-H94-L94</f>
         <v>172140874</v>
       </c>
       <c r="K94" s="52">
         <f>100-I94-M94</f>
         <v>44.999999947717242</v>
       </c>
       <c r="L94" s="51"/>
       <c r="M94" s="89">
         <f>L94/G94*100</f>
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:102" s="13" customFormat="1" ht="66.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A95" s="6">
         <v>87</v>
       </c>
       <c r="B95" s="6">
         <v>7</v>
       </c>
-      <c r="C95" s="150"/>
+      <c r="C95" s="157"/>
       <c r="D95" s="6" t="s">
         <v>207</v>
       </c>
       <c r="E95" s="8" t="s">
         <v>212</v>
       </c>
       <c r="F95" s="8" t="s">
         <v>213</v>
       </c>
       <c r="G95" s="5">
         <v>111212442</v>
       </c>
       <c r="H95" s="5">
         <v>33363733</v>
       </c>
       <c r="I95" s="14">
         <f>H95/G95*100</f>
         <v>30.000000359671986</v>
       </c>
       <c r="J95" s="5">
         <f>G95-H95-L95</f>
         <v>77848709</v>
       </c>
       <c r="K95" s="14">
         <f>100-I95-M95</f>
         <v>69.999999640328014</v>
       </c>
       <c r="L95" s="5"/>
       <c r="M95" s="11">
         <f>L95/G95*100</f>
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:102" s="13" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A96" s="6">
         <v>88</v>
       </c>
       <c r="B96" s="6">
         <v>8</v>
       </c>
-      <c r="C96" s="150"/>
+      <c r="C96" s="157"/>
       <c r="D96" s="6" t="s">
         <v>207</v>
       </c>
       <c r="E96" s="8" t="s">
         <v>214</v>
       </c>
       <c r="F96" s="8" t="s">
         <v>215</v>
       </c>
       <c r="G96" s="5">
         <v>216091874</v>
       </c>
       <c r="H96" s="5">
         <v>75632156</v>
       </c>
       <c r="I96" s="14">
         <f>H96/G96*100</f>
         <v>35.000000046276611</v>
       </c>
       <c r="J96" s="5">
         <f>G96-H96-L96</f>
         <v>140459718</v>
       </c>
       <c r="K96" s="14">
         <f>100-I96-M96</f>
         <v>64.999999953723389</v>
       </c>
       <c r="L96" s="5"/>
       <c r="M96" s="11">
         <f>L96/G96*100</f>
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:13" s="13" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A97" s="6">
         <v>89</v>
       </c>
       <c r="B97" s="6">
         <v>9</v>
       </c>
-      <c r="C97" s="150"/>
+      <c r="C97" s="157"/>
       <c r="D97" s="6" t="s">
         <v>207</v>
       </c>
       <c r="E97" s="6" t="s">
         <v>207</v>
       </c>
       <c r="F97" s="8" t="s">
         <v>216</v>
       </c>
       <c r="G97" s="5">
         <v>298155714</v>
       </c>
       <c r="H97" s="5">
         <v>89446714</v>
       </c>
       <c r="I97" s="14">
         <v>29.999999932920957</v>
       </c>
       <c r="J97" s="5">
         <v>149077857</v>
       </c>
       <c r="K97" s="14">
         <v>50</v>
       </c>
       <c r="L97" s="5">
         <v>59631143</v>
       </c>
       <c r="M97" s="11">
         <v>20.000000067079043</v>
       </c>
     </row>
     <row r="98" spans="1:13" s="13" customFormat="1" ht="54" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A98" s="6">
         <v>90</v>
       </c>
       <c r="B98" s="6">
         <v>10</v>
       </c>
-      <c r="C98" s="150"/>
+      <c r="C98" s="157"/>
       <c r="D98" s="8" t="s">
         <v>217</v>
       </c>
       <c r="E98" s="8" t="s">
         <v>218</v>
       </c>
       <c r="F98" s="8" t="s">
         <v>219</v>
       </c>
       <c r="G98" s="5">
         <v>427301868</v>
       </c>
       <c r="H98" s="5">
         <v>235016027</v>
       </c>
       <c r="I98" s="14">
         <f>H98/G98*100</f>
         <v>54.999999906389363</v>
       </c>
       <c r="J98" s="5">
         <f>G98-H98-L98</f>
         <v>192285841</v>
       </c>
       <c r="K98" s="14">
         <f>100-I98-M98</f>
         <v>45.000000093610637</v>
       </c>
       <c r="L98" s="5"/>
       <c r="M98" s="11"/>
     </row>
     <row r="99" spans="1:13" s="13" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A99" s="6">
         <v>91</v>
       </c>
       <c r="B99" s="6">
         <v>11</v>
       </c>
-      <c r="C99" s="150"/>
+      <c r="C99" s="157"/>
       <c r="D99" s="6" t="s">
         <v>207</v>
       </c>
       <c r="E99" s="8" t="s">
         <v>220</v>
       </c>
       <c r="F99" s="8" t="s">
         <v>221</v>
       </c>
       <c r="G99" s="5">
         <v>238160020</v>
       </c>
       <c r="H99" s="5">
         <v>67048006</v>
       </c>
       <c r="I99" s="14">
         <f t="shared" ref="I99" si="56">H99/G99*100</f>
         <v>28.152502674462319</v>
       </c>
       <c r="J99" s="5">
         <f t="shared" ref="J99:J100" si="57">G99-H99-L99</f>
         <v>166312014</v>
       </c>
       <c r="K99" s="14">
         <f t="shared" ref="K99:K100" si="58">100-I99-M99</f>
         <v>69.832045697678396</v>
       </c>
       <c r="L99" s="5">
         <v>4800000</v>
       </c>
       <c r="M99" s="11">
         <f>L99/G99*100</f>
         <v>2.0154516278592856</v>
       </c>
     </row>
     <row r="100" spans="1:13" s="54" customFormat="1" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="6">
         <v>92</v>
       </c>
       <c r="B100" s="6">
         <v>12</v>
       </c>
-      <c r="C100" s="150"/>
+      <c r="C100" s="157"/>
       <c r="D100" s="12" t="s">
         <v>222</v>
       </c>
       <c r="E100" s="34" t="s">
         <v>223</v>
       </c>
       <c r="F100" s="12" t="s">
         <v>224</v>
       </c>
       <c r="G100" s="51">
         <v>233756158</v>
       </c>
       <c r="H100" s="51">
         <v>70126847</v>
       </c>
       <c r="I100" s="52">
         <f>H100/G100*100</f>
         <v>29.999999828881514</v>
       </c>
       <c r="J100" s="51">
         <f t="shared" si="57"/>
         <v>163629311</v>
       </c>
       <c r="K100" s="52">
         <f t="shared" si="58"/>
         <v>70.000000171118486</v>
       </c>
       <c r="L100" s="51"/>
       <c r="M100" s="89">
         <f t="shared" ref="M100" si="59">L100/G100*100</f>
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:13" s="13" customFormat="1" ht="84" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A101" s="6">
         <v>93</v>
       </c>
       <c r="B101" s="6">
         <v>13</v>
       </c>
-      <c r="C101" s="150"/>
+      <c r="C101" s="157"/>
       <c r="D101" s="8" t="s">
         <v>225</v>
       </c>
       <c r="E101" s="6" t="s">
         <v>223</v>
       </c>
       <c r="F101" s="8" t="s">
         <v>226</v>
       </c>
       <c r="G101" s="5">
         <v>792243364</v>
       </c>
       <c r="H101" s="5">
         <v>435733850</v>
       </c>
       <c r="I101" s="14">
         <v>54.999999974755234</v>
       </c>
       <c r="J101" s="5">
         <v>356509514</v>
       </c>
       <c r="K101" s="14">
         <v>45.000000025244766</v>
       </c>
       <c r="L101" s="5">
         <v>0</v>
       </c>
       <c r="M101" s="11">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:13" s="93" customFormat="1" ht="78" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A102" s="6">
         <v>94</v>
       </c>
       <c r="B102" s="6">
         <v>14</v>
       </c>
-      <c r="C102" s="150"/>
+      <c r="C102" s="157"/>
       <c r="D102" s="6" t="s">
         <v>223</v>
       </c>
       <c r="E102" s="6" t="s">
         <v>223</v>
       </c>
       <c r="F102" s="8" t="s">
         <v>227</v>
       </c>
       <c r="G102" s="5">
         <v>252563260</v>
       </c>
       <c r="H102" s="5">
         <v>164166119</v>
       </c>
       <c r="I102" s="14">
         <f>H102/G102*100</f>
         <v>65</v>
       </c>
       <c r="J102" s="5">
         <f>G102-H102-L102</f>
         <v>88397141</v>
       </c>
       <c r="K102" s="14">
         <f>100-I102-M102</f>
         <v>35</v>
       </c>
       <c r="L102" s="5"/>
       <c r="M102" s="11">
         <f>L102/G102*100</f>
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:13" s="13" customFormat="1" ht="78.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="6">
         <v>95</v>
       </c>
       <c r="B103" s="6">
         <v>15</v>
       </c>
-      <c r="C103" s="150"/>
+      <c r="C103" s="157"/>
       <c r="D103" s="6" t="s">
         <v>228</v>
       </c>
       <c r="E103" s="8" t="s">
         <v>229</v>
       </c>
       <c r="F103" s="8" t="s">
         <v>230</v>
       </c>
       <c r="G103" s="5">
         <v>162420700</v>
       </c>
       <c r="H103" s="5">
         <v>56847200</v>
       </c>
       <c r="I103" s="14">
         <f>H103/G103*100</f>
         <v>34.999972294171869</v>
       </c>
       <c r="J103" s="5">
         <f>G103-H103-L103</f>
         <v>105573500</v>
       </c>
       <c r="K103" s="14">
         <f>100-I103-M103</f>
         <v>65.000027705828131</v>
       </c>
       <c r="L103" s="5"/>
       <c r="M103" s="14">
         <f>L103/G103*100</f>
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:13" s="13" customFormat="1" ht="66" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A104" s="6">
         <v>96</v>
       </c>
       <c r="B104" s="6">
         <v>16</v>
       </c>
-      <c r="C104" s="150"/>
+      <c r="C104" s="157"/>
       <c r="D104" s="6" t="s">
         <v>228</v>
       </c>
       <c r="E104" s="8" t="s">
         <v>231</v>
       </c>
       <c r="F104" s="23" t="s">
         <v>232</v>
       </c>
       <c r="G104" s="5">
         <v>999740200</v>
       </c>
       <c r="H104" s="5">
         <v>449883100</v>
       </c>
       <c r="I104" s="14">
         <f t="shared" ref="I104" si="60">H104/G104*100</f>
         <v>45.000001000259864</v>
       </c>
       <c r="J104" s="5">
         <f>G104-H104-L104</f>
         <v>549857100</v>
       </c>
       <c r="K104" s="14">
         <f t="shared" ref="K104" si="61">100-I104-M104</f>
         <v>54.999998999740136</v>
       </c>
       <c r="L104" s="5"/>
       <c r="M104" s="14">
         <f t="shared" ref="M104" si="62">L104/G104*100</f>
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:13" s="13" customFormat="1" ht="45.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="6">
         <v>97</v>
       </c>
       <c r="B105" s="6">
         <v>17</v>
       </c>
-      <c r="C105" s="150"/>
+      <c r="C105" s="157"/>
       <c r="D105" s="49" t="s">
         <v>228</v>
       </c>
       <c r="E105" s="36" t="s">
         <v>233</v>
       </c>
       <c r="F105" s="36" t="s">
         <v>234</v>
       </c>
       <c r="G105" s="17">
         <v>85820000</v>
       </c>
       <c r="H105" s="17">
         <v>47201000</v>
       </c>
       <c r="I105" s="18">
         <v>55.000000000000007</v>
       </c>
       <c r="J105" s="17">
         <v>38619000</v>
       </c>
       <c r="K105" s="18">
         <v>44.999999999999993</v>
       </c>
       <c r="L105" s="17"/>
       <c r="M105" s="18">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:13" s="13" customFormat="1" ht="65.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A106" s="6">
         <v>98</v>
       </c>
       <c r="B106" s="6">
         <v>18</v>
       </c>
-      <c r="C106" s="150"/>
+      <c r="C106" s="157"/>
       <c r="D106" s="8" t="s">
         <v>235</v>
       </c>
       <c r="E106" s="6" t="s">
         <v>236</v>
       </c>
       <c r="F106" s="8" t="s">
         <v>237</v>
       </c>
       <c r="G106" s="5">
         <v>388616104</v>
       </c>
       <c r="H106" s="5">
         <v>213738857</v>
       </c>
       <c r="I106" s="14">
         <f>H106/G106*100</f>
         <v>54.999999948535326</v>
       </c>
       <c r="J106" s="5">
         <f>G106-H106-L106</f>
         <v>174877247</v>
       </c>
       <c r="K106" s="14">
         <f>100-I106-M106</f>
         <v>45.000000051464674</v>
       </c>
       <c r="L106" s="5"/>
       <c r="M106" s="11">
         <f>L106/G106*100</f>
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:13" s="13" customFormat="1" ht="52.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A107" s="6">
         <v>99</v>
       </c>
       <c r="B107" s="6">
         <v>19</v>
       </c>
-      <c r="C107" s="150"/>
+      <c r="C107" s="157"/>
       <c r="D107" s="49" t="s">
         <v>238</v>
       </c>
       <c r="E107" s="36" t="s">
         <v>239</v>
       </c>
       <c r="F107" s="36" t="s">
         <v>240</v>
       </c>
       <c r="G107" s="17">
         <v>116749820</v>
       </c>
       <c r="H107" s="17">
         <v>64212401</v>
       </c>
       <c r="I107" s="18">
         <v>55.000000000000007</v>
       </c>
       <c r="J107" s="17">
         <v>52537419</v>
       </c>
       <c r="K107" s="18">
         <v>44.999999999999993</v>
       </c>
       <c r="L107" s="17"/>
       <c r="M107" s="18">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:13" s="54" customFormat="1" ht="60.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="6">
         <v>100</v>
       </c>
       <c r="B108" s="6">
         <v>20</v>
       </c>
-      <c r="C108" s="150"/>
+      <c r="C108" s="157"/>
       <c r="D108" s="12" t="s">
         <v>241</v>
       </c>
       <c r="E108" s="12" t="s">
         <v>242</v>
       </c>
       <c r="F108" s="12" t="s">
         <v>243</v>
       </c>
       <c r="G108" s="51">
         <v>103709762</v>
       </c>
       <c r="H108" s="51">
         <v>36298417</v>
       </c>
       <c r="I108" s="52">
         <f t="shared" ref="I108:I109" si="63">H108/G108*100</f>
         <v>35.000000289268819</v>
       </c>
       <c r="J108" s="51">
         <f t="shared" ref="J108:J109" si="64">G108-H108-L108</f>
         <v>67411345</v>
       </c>
       <c r="K108" s="52">
         <f t="shared" ref="K108:K109" si="65">100-I108-M108</f>
         <v>64.999999710731174</v>
       </c>
       <c r="L108" s="51"/>
       <c r="M108" s="89">
         <f t="shared" ref="M108:M109" si="66">L108/G108*100</f>
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:13" s="13" customFormat="1" ht="50.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A109" s="6">
         <v>101</v>
       </c>
       <c r="B109" s="6">
         <v>21</v>
       </c>
-      <c r="C109" s="150"/>
+      <c r="C109" s="157"/>
       <c r="D109" s="8" t="s">
         <v>244</v>
       </c>
       <c r="E109" s="8" t="s">
         <v>245</v>
       </c>
       <c r="F109" s="8" t="s">
         <v>246</v>
       </c>
       <c r="G109" s="5">
         <v>240743463</v>
       </c>
       <c r="H109" s="5">
         <v>72223039</v>
       </c>
       <c r="I109" s="14">
         <f t="shared" si="63"/>
         <v>30.000000041537994</v>
       </c>
       <c r="J109" s="5">
         <f t="shared" si="64"/>
         <v>168520424</v>
       </c>
       <c r="K109" s="14">
         <f t="shared" si="65"/>
         <v>69.999999958462013</v>
       </c>
       <c r="L109" s="5"/>
       <c r="M109" s="11">
         <f t="shared" si="66"/>
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:13" s="13" customFormat="1" ht="55.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A110" s="6">
         <v>102</v>
       </c>
       <c r="B110" s="6">
         <v>22</v>
       </c>
-      <c r="C110" s="150"/>
+      <c r="C110" s="157"/>
       <c r="D110" s="48" t="s">
         <v>247</v>
       </c>
       <c r="E110" s="48" t="s">
         <v>247</v>
       </c>
       <c r="F110" s="48" t="s">
         <v>248</v>
       </c>
       <c r="G110" s="17">
         <v>134491820</v>
       </c>
       <c r="H110" s="17">
         <v>73970501</v>
       </c>
       <c r="I110" s="18">
         <v>55.000000000000007</v>
       </c>
       <c r="J110" s="17">
         <v>60521319</v>
       </c>
       <c r="K110" s="18">
         <v>44.999999999999993</v>
       </c>
       <c r="L110" s="17"/>
       <c r="M110" s="18">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:13" s="13" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A111" s="6">
         <v>103</v>
       </c>
       <c r="B111" s="6">
         <v>23</v>
       </c>
-      <c r="C111" s="150"/>
+      <c r="C111" s="157"/>
       <c r="D111" s="48" t="s">
         <v>247</v>
       </c>
       <c r="E111" s="36" t="s">
         <v>249</v>
       </c>
       <c r="F111" s="48" t="s">
         <v>250</v>
       </c>
       <c r="G111" s="17">
         <v>46358952</v>
       </c>
       <c r="H111" s="17">
         <v>13907685</v>
       </c>
       <c r="I111" s="18">
         <v>29.99999870575159</v>
       </c>
       <c r="J111" s="17">
         <v>32451267</v>
       </c>
       <c r="K111" s="18">
         <v>70.000001294248406</v>
       </c>
       <c r="L111" s="17"/>
       <c r="M111" s="18">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:13" s="54" customFormat="1" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A112" s="6">
         <v>104</v>
       </c>
       <c r="B112" s="6">
         <v>24</v>
       </c>
-      <c r="C112" s="150"/>
+      <c r="C112" s="157"/>
       <c r="D112" s="12" t="s">
         <v>251</v>
       </c>
       <c r="E112" s="12" t="s">
         <v>252</v>
       </c>
       <c r="F112" s="12" t="s">
         <v>253</v>
       </c>
       <c r="G112" s="51">
         <v>140202580</v>
       </c>
       <c r="H112" s="51">
         <v>49070903</v>
       </c>
       <c r="I112" s="52">
         <f t="shared" ref="I112:I114" si="67">H112/G112*100</f>
         <v>35</v>
       </c>
       <c r="J112" s="51">
         <f>G112-H112-L112</f>
         <v>91131677</v>
       </c>
       <c r="K112" s="52">
         <f>100-I112-M112</f>
         <v>65</v>
       </c>
       <c r="L112" s="51"/>
       <c r="M112" s="89">
         <f>L112/G112*100</f>
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:103" s="13" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="6">
         <v>105</v>
       </c>
       <c r="B113" s="6">
         <v>25</v>
       </c>
-      <c r="C113" s="150"/>
+      <c r="C113" s="157"/>
       <c r="D113" s="6" t="s">
         <v>254</v>
       </c>
       <c r="E113" s="8" t="s">
         <v>255</v>
       </c>
       <c r="F113" s="8" t="s">
         <v>256</v>
       </c>
       <c r="G113" s="5">
         <v>297695198</v>
       </c>
       <c r="H113" s="5">
         <v>104193319</v>
       </c>
       <c r="I113" s="14">
         <f>H113/G113*100</f>
         <v>34.999999899225784</v>
       </c>
       <c r="J113" s="5">
         <f>G113-H113-L113</f>
         <v>193501879</v>
       </c>
       <c r="K113" s="14">
         <f>100-I113-M113</f>
         <v>65.000000100774216</v>
       </c>
       <c r="L113" s="5"/>
       <c r="M113" s="11">
         <f>L113/G113*100</f>
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:103" s="54" customFormat="1" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A114" s="6">
         <v>106</v>
       </c>
       <c r="B114" s="6">
         <v>26</v>
       </c>
-      <c r="C114" s="150"/>
+      <c r="C114" s="157"/>
       <c r="D114" s="12" t="s">
         <v>257</v>
       </c>
       <c r="E114" s="34" t="s">
         <v>258</v>
       </c>
       <c r="F114" s="12" t="s">
         <v>259</v>
       </c>
       <c r="G114" s="51">
         <v>190961238</v>
       </c>
       <c r="H114" s="51">
         <v>105028680</v>
       </c>
       <c r="I114" s="52">
         <f t="shared" si="67"/>
         <v>54.999999528700158</v>
       </c>
       <c r="J114" s="51">
         <f t="shared" ref="J114" si="68">G114-H114-L114</f>
         <v>85932558</v>
       </c>
       <c r="K114" s="52">
         <f t="shared" ref="K114" si="69">100-I114-M114</f>
         <v>45.000000471299842</v>
       </c>
       <c r="L114" s="51">
         <v>0</v>
       </c>
       <c r="M114" s="89">
         <f t="shared" ref="M114" si="70">L114/G114*100</f>
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:103" s="13" customFormat="1" ht="59.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A115" s="6">
         <v>107</v>
       </c>
       <c r="B115" s="6">
         <v>27</v>
       </c>
-      <c r="C115" s="150"/>
+      <c r="C115" s="157"/>
       <c r="D115" s="6" t="s">
         <v>258</v>
       </c>
       <c r="E115" s="6" t="s">
         <v>258</v>
       </c>
       <c r="F115" s="8" t="s">
         <v>260</v>
       </c>
       <c r="G115" s="5">
         <v>84040200</v>
       </c>
       <c r="H115" s="5">
         <v>29414070</v>
       </c>
       <c r="I115" s="14">
         <f>H115/G115*100</f>
         <v>35</v>
       </c>
       <c r="J115" s="5">
         <f>G115-H115-L115</f>
         <v>54626130</v>
       </c>
       <c r="K115" s="14">
         <f>100-I115-M115</f>
         <v>65</v>
       </c>
       <c r="L115" s="5"/>
       <c r="M115" s="11">
         <f>L115/G115*100</f>
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:103" s="54" customFormat="1" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A116" s="6">
         <v>108</v>
       </c>
       <c r="B116" s="6">
         <v>28</v>
       </c>
-      <c r="C116" s="150"/>
+      <c r="C116" s="157"/>
       <c r="D116" s="34" t="s">
         <v>261</v>
       </c>
       <c r="E116" s="12" t="s">
         <v>262</v>
       </c>
       <c r="F116" s="12" t="s">
         <v>263</v>
       </c>
       <c r="G116" s="51">
         <v>29461770</v>
       </c>
       <c r="H116" s="51">
         <v>5008500</v>
       </c>
       <c r="I116" s="52">
         <f>H116/G116*100</f>
         <v>16.999996945193722</v>
       </c>
       <c r="J116" s="51">
         <f>G116-H116-L116</f>
         <v>24453270</v>
       </c>
       <c r="K116" s="52">
         <f>100-I116-M116</f>
         <v>83.000003054806285</v>
       </c>
       <c r="L116" s="51"/>
       <c r="M116" s="89">
         <f>L116/G116*100</f>
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:103" s="94" customFormat="1" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A117" s="6">
         <v>109</v>
       </c>
       <c r="B117" s="6">
         <v>29</v>
       </c>
-      <c r="C117" s="150"/>
+      <c r="C117" s="157"/>
       <c r="D117" s="34" t="s">
         <v>261</v>
       </c>
       <c r="E117" s="12" t="s">
         <v>262</v>
       </c>
       <c r="F117" s="12" t="s">
         <v>264</v>
       </c>
       <c r="G117" s="51">
         <v>30039640</v>
       </c>
       <c r="H117" s="51">
         <v>10513874</v>
       </c>
       <c r="I117" s="52">
         <f t="shared" ref="I117" si="71">H117/G117*100</f>
         <v>35</v>
       </c>
       <c r="J117" s="51">
         <f>G117-H117-L117</f>
         <v>19525766</v>
       </c>
       <c r="K117" s="52">
         <f>100-I117-M117</f>
@@ -8722,73 +8715,73 @@
       <c r="CE117" s="54"/>
       <c r="CF117" s="54"/>
       <c r="CG117" s="54"/>
       <c r="CH117" s="54"/>
       <c r="CI117" s="54"/>
       <c r="CJ117" s="54"/>
       <c r="CK117" s="54"/>
       <c r="CL117" s="54"/>
       <c r="CM117" s="54"/>
       <c r="CN117" s="54"/>
       <c r="CO117" s="54"/>
       <c r="CP117" s="54"/>
       <c r="CQ117" s="54"/>
       <c r="CR117" s="54"/>
       <c r="CS117" s="54"/>
       <c r="CT117" s="54"/>
       <c r="CU117" s="54"/>
       <c r="CV117" s="54"/>
       <c r="CW117" s="54"/>
       <c r="CX117" s="54"/>
     </row>
     <row r="118" spans="1:103" s="58" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A118" s="138"/>
       <c r="B118" s="138"/>
       <c r="C118" s="130"/>
-      <c r="D118" s="149" t="s">
+      <c r="D118" s="153" t="s">
         <v>265</v>
       </c>
-      <c r="E118" s="149"/>
-      <c r="F118" s="149"/>
+      <c r="E118" s="153"/>
+      <c r="F118" s="153"/>
       <c r="G118" s="24">
         <f>SUM(G89:G117)</f>
         <v>8906370940</v>
       </c>
-      <c r="H118" s="162">
+      <c r="H118" s="146">
         <f t="shared" ref="H118:L118" si="72">SUM(H89:H117)</f>
         <v>3945879579</v>
       </c>
-      <c r="I118" s="162">
+      <c r="I118" s="146">
         <f t="shared" si="72"/>
         <v>1185.8524707748709</v>
       </c>
-      <c r="J118" s="162">
+      <c r="J118" s="146">
         <f>SUM(J89:J117)</f>
         <v>4845629160.1730003</v>
       </c>
-      <c r="K118" s="162"/>
-      <c r="L118" s="162">
+      <c r="K118" s="146"/>
+      <c r="L118" s="146">
         <f t="shared" si="72"/>
         <v>114862201</v>
       </c>
       <c r="M118" s="24"/>
       <c r="N118" s="13"/>
       <c r="O118" s="13"/>
       <c r="P118" s="13"/>
       <c r="Q118" s="13"/>
       <c r="R118" s="13"/>
       <c r="S118" s="13"/>
       <c r="T118" s="13"/>
       <c r="U118" s="13"/>
       <c r="V118" s="13"/>
       <c r="W118" s="13"/>
       <c r="X118" s="13"/>
       <c r="Y118" s="13"/>
       <c r="Z118" s="13"/>
       <c r="AA118" s="13"/>
       <c r="AB118" s="13"/>
       <c r="AC118" s="13"/>
       <c r="AD118" s="13"/>
       <c r="AE118" s="13"/>
       <c r="AF118" s="13"/>
       <c r="AG118" s="13"/>
       <c r="AH118" s="13"/>
@@ -8920,51 +8913,51 @@
       </c>
       <c r="H120" s="30">
         <f t="shared" si="73"/>
         <v>30050706</v>
       </c>
       <c r="I120" s="62">
         <v>54.3</v>
       </c>
       <c r="J120" s="30">
         <f t="shared" si="74"/>
         <v>25291294</v>
       </c>
       <c r="K120" s="62">
         <v>45.7</v>
       </c>
       <c r="L120" s="63"/>
       <c r="M120" s="64"/>
     </row>
     <row r="121" spans="1:103" s="10" customFormat="1" ht="100.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A121" s="6">
         <v>112</v>
       </c>
       <c r="B121" s="6">
         <v>3</v>
       </c>
-      <c r="C121" s="150"/>
+      <c r="C121" s="157"/>
       <c r="D121" s="8" t="s">
         <v>269</v>
       </c>
       <c r="E121" s="8" t="s">
         <v>272</v>
       </c>
       <c r="F121" s="8" t="s">
         <v>273</v>
       </c>
       <c r="G121" s="30">
         <v>2361110301</v>
       </c>
       <c r="H121" s="30">
         <f t="shared" si="73"/>
         <v>1534721695.6500001</v>
       </c>
       <c r="I121" s="101">
         <v>65</v>
       </c>
       <c r="J121" s="30">
         <f t="shared" si="74"/>
         <v>826388605.35000002</v>
       </c>
       <c r="K121" s="101">
         <f t="shared" ref="K121:K131" si="75">100-I121-M121</f>
@@ -9048,51 +9041,51 @@
       <c r="CI121" s="4"/>
       <c r="CJ121" s="4"/>
       <c r="CK121" s="4"/>
       <c r="CL121" s="4"/>
       <c r="CM121" s="4"/>
       <c r="CN121" s="4"/>
       <c r="CO121" s="4"/>
       <c r="CP121" s="4"/>
       <c r="CQ121" s="4"/>
       <c r="CR121" s="4"/>
       <c r="CS121" s="4"/>
       <c r="CT121" s="4"/>
       <c r="CU121" s="4"/>
       <c r="CV121" s="4"/>
       <c r="CW121" s="4"/>
       <c r="CX121" s="4"/>
       <c r="CY121" s="61"/>
     </row>
     <row r="122" spans="1:103" s="10" customFormat="1" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A122" s="6">
         <v>113</v>
       </c>
       <c r="B122" s="6">
         <v>4</v>
       </c>
-      <c r="C122" s="150"/>
+      <c r="C122" s="157"/>
       <c r="D122" s="8" t="s">
         <v>269</v>
       </c>
       <c r="E122" s="8" t="s">
         <v>274</v>
       </c>
       <c r="F122" s="8" t="s">
         <v>275</v>
       </c>
       <c r="G122" s="30">
         <v>163965200</v>
       </c>
       <c r="H122" s="30">
         <f t="shared" si="73"/>
         <v>106577380</v>
       </c>
       <c r="I122" s="101">
         <v>65</v>
       </c>
       <c r="J122" s="30">
         <f t="shared" si="74"/>
         <v>57387820</v>
       </c>
       <c r="K122" s="101">
         <f t="shared" si="75"/>
@@ -9176,51 +9169,51 @@
       <c r="CI122" s="4"/>
       <c r="CJ122" s="4"/>
       <c r="CK122" s="4"/>
       <c r="CL122" s="4"/>
       <c r="CM122" s="4"/>
       <c r="CN122" s="4"/>
       <c r="CO122" s="4"/>
       <c r="CP122" s="4"/>
       <c r="CQ122" s="4"/>
       <c r="CR122" s="4"/>
       <c r="CS122" s="4"/>
       <c r="CT122" s="4"/>
       <c r="CU122" s="4"/>
       <c r="CV122" s="4"/>
       <c r="CW122" s="4"/>
       <c r="CX122" s="4"/>
       <c r="CY122" s="61"/>
     </row>
     <row r="123" spans="1:103" s="90" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A123" s="6">
         <v>114</v>
       </c>
       <c r="B123" s="6">
         <v>5</v>
       </c>
-      <c r="C123" s="150"/>
+      <c r="C123" s="157"/>
       <c r="D123" s="12" t="s">
         <v>269</v>
       </c>
       <c r="E123" s="12" t="s">
         <v>276</v>
       </c>
       <c r="F123" s="12" t="s">
         <v>277</v>
       </c>
       <c r="G123" s="51">
         <v>136152350</v>
       </c>
       <c r="H123" s="30">
         <f>G123*I123/100</f>
         <v>74883792.5</v>
       </c>
       <c r="I123" s="30">
         <v>55</v>
       </c>
       <c r="J123" s="30">
         <f t="shared" si="74"/>
         <v>61268557.5</v>
       </c>
       <c r="K123" s="30">
         <f t="shared" si="75"/>
@@ -9304,51 +9297,51 @@
       <c r="CI123" s="54"/>
       <c r="CJ123" s="54"/>
       <c r="CK123" s="54"/>
       <c r="CL123" s="54"/>
       <c r="CM123" s="54"/>
       <c r="CN123" s="54"/>
       <c r="CO123" s="54"/>
       <c r="CP123" s="54"/>
       <c r="CQ123" s="54"/>
       <c r="CR123" s="54"/>
       <c r="CS123" s="54"/>
       <c r="CT123" s="54"/>
       <c r="CU123" s="54"/>
       <c r="CV123" s="54"/>
       <c r="CW123" s="54"/>
       <c r="CX123" s="54"/>
       <c r="CY123" s="108"/>
     </row>
     <row r="124" spans="1:103" s="10" customFormat="1" ht="72" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A124" s="6">
         <v>115</v>
       </c>
       <c r="B124" s="6">
         <v>6</v>
       </c>
-      <c r="C124" s="150"/>
+      <c r="C124" s="157"/>
       <c r="D124" s="8" t="s">
         <v>278</v>
       </c>
       <c r="E124" s="8" t="s">
         <v>278</v>
       </c>
       <c r="F124" s="8" t="s">
         <v>279</v>
       </c>
       <c r="G124" s="30">
         <v>242010710</v>
       </c>
       <c r="H124" s="30">
         <f t="shared" si="73"/>
         <v>157306961.5</v>
       </c>
       <c r="I124" s="101">
         <v>65</v>
       </c>
       <c r="J124" s="30">
         <f t="shared" si="74"/>
         <v>84703748.5</v>
       </c>
       <c r="K124" s="101">
         <f t="shared" si="75"/>
@@ -9432,87 +9425,87 @@
       <c r="CI124" s="4"/>
       <c r="CJ124" s="4"/>
       <c r="CK124" s="4"/>
       <c r="CL124" s="4"/>
       <c r="CM124" s="4"/>
       <c r="CN124" s="4"/>
       <c r="CO124" s="4"/>
       <c r="CP124" s="4"/>
       <c r="CQ124" s="4"/>
       <c r="CR124" s="4"/>
       <c r="CS124" s="4"/>
       <c r="CT124" s="4"/>
       <c r="CU124" s="4"/>
       <c r="CV124" s="4"/>
       <c r="CW124" s="4"/>
       <c r="CX124" s="4"/>
       <c r="CY124" s="61"/>
     </row>
     <row r="125" spans="1:103" s="4" customFormat="1" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A125" s="6">
         <v>116</v>
       </c>
       <c r="B125" s="6">
         <v>7</v>
       </c>
-      <c r="C125" s="150"/>
+      <c r="C125" s="157"/>
       <c r="D125" s="12" t="s">
         <v>278</v>
       </c>
       <c r="E125" s="12" t="s">
         <v>278</v>
       </c>
       <c r="F125" s="12" t="s">
         <v>280</v>
       </c>
       <c r="G125" s="5">
         <v>42745557</v>
       </c>
       <c r="H125" s="5">
         <v>15000000</v>
       </c>
       <c r="I125" s="5">
         <v>35.1</v>
       </c>
       <c r="J125" s="5">
         <f>G125*K125/100</f>
         <v>27741866.493000001</v>
       </c>
       <c r="K125" s="5">
         <v>64.900000000000006</v>
       </c>
       <c r="L125" s="17"/>
       <c r="M125" s="65"/>
     </row>
     <row r="126" spans="1:103" s="10" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A126" s="6">
         <v>117</v>
       </c>
       <c r="B126" s="6">
         <v>8</v>
       </c>
-      <c r="C126" s="150"/>
+      <c r="C126" s="157"/>
       <c r="D126" s="8" t="s">
         <v>281</v>
       </c>
       <c r="E126" s="8" t="s">
         <v>282</v>
       </c>
       <c r="F126" s="8" t="s">
         <v>283</v>
       </c>
       <c r="G126" s="30">
         <v>225531070</v>
       </c>
       <c r="H126" s="30">
         <f t="shared" si="73"/>
         <v>146595195.5</v>
       </c>
       <c r="I126" s="101">
         <v>65</v>
       </c>
       <c r="J126" s="30">
         <f t="shared" si="74"/>
         <v>78935874.5</v>
       </c>
       <c r="K126" s="101">
         <f t="shared" si="75"/>
@@ -9596,51 +9589,51 @@
       <c r="CI126" s="4"/>
       <c r="CJ126" s="4"/>
       <c r="CK126" s="4"/>
       <c r="CL126" s="4"/>
       <c r="CM126" s="4"/>
       <c r="CN126" s="4"/>
       <c r="CO126" s="4"/>
       <c r="CP126" s="4"/>
       <c r="CQ126" s="4"/>
       <c r="CR126" s="4"/>
       <c r="CS126" s="4"/>
       <c r="CT126" s="4"/>
       <c r="CU126" s="4"/>
       <c r="CV126" s="4"/>
       <c r="CW126" s="4"/>
       <c r="CX126" s="4"/>
       <c r="CY126" s="61"/>
     </row>
     <row r="127" spans="1:103" s="10" customFormat="1" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A127" s="6">
         <v>118</v>
       </c>
       <c r="B127" s="6">
         <v>9</v>
       </c>
-      <c r="C127" s="150"/>
+      <c r="C127" s="157"/>
       <c r="D127" s="8" t="s">
         <v>284</v>
       </c>
       <c r="E127" s="8" t="s">
         <v>285</v>
       </c>
       <c r="F127" s="8" t="s">
         <v>286</v>
       </c>
       <c r="G127" s="30">
         <v>139421480</v>
       </c>
       <c r="H127" s="30">
         <f t="shared" si="73"/>
         <v>48797518</v>
       </c>
       <c r="I127" s="101">
         <v>35</v>
       </c>
       <c r="J127" s="30">
         <f t="shared" si="74"/>
         <v>90623962</v>
       </c>
       <c r="K127" s="101">
         <f t="shared" si="75"/>
@@ -9724,51 +9717,51 @@
       <c r="CI127" s="4"/>
       <c r="CJ127" s="4"/>
       <c r="CK127" s="4"/>
       <c r="CL127" s="4"/>
       <c r="CM127" s="4"/>
       <c r="CN127" s="4"/>
       <c r="CO127" s="4"/>
       <c r="CP127" s="4"/>
       <c r="CQ127" s="4"/>
       <c r="CR127" s="4"/>
       <c r="CS127" s="4"/>
       <c r="CT127" s="4"/>
       <c r="CU127" s="4"/>
       <c r="CV127" s="4"/>
       <c r="CW127" s="4"/>
       <c r="CX127" s="4"/>
       <c r="CY127" s="61"/>
     </row>
     <row r="128" spans="1:103" s="10" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A128" s="6">
         <v>119</v>
       </c>
       <c r="B128" s="6">
         <v>10</v>
       </c>
-      <c r="C128" s="150"/>
+      <c r="C128" s="157"/>
       <c r="D128" s="8" t="s">
         <v>287</v>
       </c>
       <c r="E128" s="8" t="s">
         <v>288</v>
       </c>
       <c r="F128" s="8" t="s">
         <v>289</v>
       </c>
       <c r="G128" s="30">
         <v>65000000</v>
       </c>
       <c r="H128" s="30">
         <f t="shared" si="73"/>
         <v>32500000</v>
       </c>
       <c r="I128" s="101">
         <v>50</v>
       </c>
       <c r="J128" s="30">
         <f t="shared" si="74"/>
         <v>32500000</v>
       </c>
       <c r="K128" s="101">
         <f t="shared" si="75"/>
@@ -9852,51 +9845,51 @@
       <c r="CI128" s="4"/>
       <c r="CJ128" s="4"/>
       <c r="CK128" s="4"/>
       <c r="CL128" s="4"/>
       <c r="CM128" s="4"/>
       <c r="CN128" s="4"/>
       <c r="CO128" s="4"/>
       <c r="CP128" s="4"/>
       <c r="CQ128" s="4"/>
       <c r="CR128" s="4"/>
       <c r="CS128" s="4"/>
       <c r="CT128" s="4"/>
       <c r="CU128" s="4"/>
       <c r="CV128" s="4"/>
       <c r="CW128" s="4"/>
       <c r="CX128" s="4"/>
       <c r="CY128" s="61"/>
     </row>
     <row r="129" spans="1:103" s="10" customFormat="1" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A129" s="6">
         <v>120</v>
       </c>
       <c r="B129" s="6">
         <v>11</v>
       </c>
-      <c r="C129" s="150"/>
+      <c r="C129" s="157"/>
       <c r="D129" s="8" t="s">
         <v>287</v>
       </c>
       <c r="E129" s="8" t="s">
         <v>290</v>
       </c>
       <c r="F129" s="12" t="s">
         <v>291</v>
       </c>
       <c r="G129" s="30">
         <v>103251070</v>
       </c>
       <c r="H129" s="30">
         <f t="shared" si="73"/>
         <v>36137874.5</v>
       </c>
       <c r="I129" s="101">
         <v>35</v>
       </c>
       <c r="J129" s="30">
         <f>G129*K129/100</f>
         <v>67113195.5</v>
       </c>
       <c r="K129" s="101">
         <f t="shared" si="75"/>
@@ -9980,51 +9973,51 @@
       <c r="CI129" s="4"/>
       <c r="CJ129" s="4"/>
       <c r="CK129" s="4"/>
       <c r="CL129" s="4"/>
       <c r="CM129" s="4"/>
       <c r="CN129" s="4"/>
       <c r="CO129" s="4"/>
       <c r="CP129" s="4"/>
       <c r="CQ129" s="4"/>
       <c r="CR129" s="4"/>
       <c r="CS129" s="4"/>
       <c r="CT129" s="4"/>
       <c r="CU129" s="4"/>
       <c r="CV129" s="4"/>
       <c r="CW129" s="4"/>
       <c r="CX129" s="4"/>
       <c r="CY129" s="61"/>
     </row>
     <row r="130" spans="1:103" s="96" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A130" s="6">
         <v>121</v>
       </c>
       <c r="B130" s="6">
         <v>12</v>
       </c>
-      <c r="C130" s="150"/>
+      <c r="C130" s="157"/>
       <c r="D130" s="12" t="s">
         <v>287</v>
       </c>
       <c r="E130" s="12" t="s">
         <v>292</v>
       </c>
       <c r="F130" s="12" t="s">
         <v>293</v>
       </c>
       <c r="G130" s="30">
         <v>124061060</v>
       </c>
       <c r="H130" s="30">
         <f t="shared" si="73"/>
         <v>43421371</v>
       </c>
       <c r="I130" s="101">
         <v>35</v>
       </c>
       <c r="J130" s="30">
         <f t="shared" si="74"/>
         <v>80639689</v>
       </c>
       <c r="K130" s="101">
         <f t="shared" si="75"/>
@@ -10108,51 +10101,51 @@
       <c r="CI130" s="119"/>
       <c r="CJ130" s="119"/>
       <c r="CK130" s="119"/>
       <c r="CL130" s="119"/>
       <c r="CM130" s="119"/>
       <c r="CN130" s="119"/>
       <c r="CO130" s="119"/>
       <c r="CP130" s="119"/>
       <c r="CQ130" s="119"/>
       <c r="CR130" s="119"/>
       <c r="CS130" s="119"/>
       <c r="CT130" s="119"/>
       <c r="CU130" s="119"/>
       <c r="CV130" s="119"/>
       <c r="CW130" s="119"/>
       <c r="CX130" s="119"/>
       <c r="CY130" s="95"/>
     </row>
     <row r="131" spans="1:103" s="10" customFormat="1" ht="44.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A131" s="6">
         <v>122</v>
       </c>
       <c r="B131" s="6">
         <v>13</v>
       </c>
-      <c r="C131" s="150"/>
+      <c r="C131" s="157"/>
       <c r="D131" s="8" t="s">
         <v>287</v>
       </c>
       <c r="E131" s="8" t="s">
         <v>294</v>
       </c>
       <c r="F131" s="12" t="s">
         <v>295</v>
       </c>
       <c r="G131" s="30">
         <v>65501250</v>
       </c>
       <c r="H131" s="30">
         <f t="shared" si="73"/>
         <v>42575812.5</v>
       </c>
       <c r="I131" s="101">
         <v>65</v>
       </c>
       <c r="J131" s="30">
         <f t="shared" si="74"/>
         <v>22925437.5</v>
       </c>
       <c r="K131" s="101">
         <f t="shared" si="75"/>
@@ -10236,51 +10229,51 @@
       <c r="CI131" s="4"/>
       <c r="CJ131" s="4"/>
       <c r="CK131" s="4"/>
       <c r="CL131" s="4"/>
       <c r="CM131" s="4"/>
       <c r="CN131" s="4"/>
       <c r="CO131" s="4"/>
       <c r="CP131" s="4"/>
       <c r="CQ131" s="4"/>
       <c r="CR131" s="4"/>
       <c r="CS131" s="4"/>
       <c r="CT131" s="4"/>
       <c r="CU131" s="4"/>
       <c r="CV131" s="4"/>
       <c r="CW131" s="4"/>
       <c r="CX131" s="4"/>
       <c r="CY131" s="61"/>
     </row>
     <row r="132" spans="1:103" s="10" customFormat="1" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A132" s="6">
         <v>123</v>
       </c>
       <c r="B132" s="6">
         <v>14</v>
       </c>
-      <c r="C132" s="150"/>
+      <c r="C132" s="157"/>
       <c r="D132" s="8" t="s">
         <v>287</v>
       </c>
       <c r="E132" s="8" t="s">
         <v>296</v>
       </c>
       <c r="F132" s="12" t="s">
         <v>297</v>
       </c>
       <c r="G132" s="30">
         <v>435876314</v>
       </c>
       <c r="H132" s="30">
         <f t="shared" si="73"/>
         <v>217938157</v>
       </c>
       <c r="I132" s="101">
         <v>50</v>
       </c>
       <c r="J132" s="30">
         <v>217938157</v>
       </c>
       <c r="K132" s="101">
         <v>50</v>
       </c>
@@ -10362,51 +10355,51 @@
       <c r="CI132" s="4"/>
       <c r="CJ132" s="4"/>
       <c r="CK132" s="4"/>
       <c r="CL132" s="4"/>
       <c r="CM132" s="4"/>
       <c r="CN132" s="4"/>
       <c r="CO132" s="4"/>
       <c r="CP132" s="4"/>
       <c r="CQ132" s="4"/>
       <c r="CR132" s="4"/>
       <c r="CS132" s="4"/>
       <c r="CT132" s="4"/>
       <c r="CU132" s="4"/>
       <c r="CV132" s="4"/>
       <c r="CW132" s="4"/>
       <c r="CX132" s="4"/>
       <c r="CY132" s="61"/>
     </row>
     <row r="133" spans="1:103" s="90" customFormat="1" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A133" s="6">
         <v>124</v>
       </c>
       <c r="B133" s="6">
         <v>15</v>
       </c>
-      <c r="C133" s="150"/>
+      <c r="C133" s="157"/>
       <c r="D133" s="12" t="s">
         <v>287</v>
       </c>
       <c r="E133" s="12" t="s">
         <v>298</v>
       </c>
       <c r="F133" s="12" t="s">
         <v>299</v>
       </c>
       <c r="G133" s="51">
         <v>34005200</v>
       </c>
       <c r="H133" s="30">
         <f t="shared" si="73"/>
         <v>15302340</v>
       </c>
       <c r="I133" s="30">
         <v>45</v>
       </c>
       <c r="J133" s="30">
         <f t="shared" ref="J133" si="76">G133*K133/100</f>
         <v>18702860</v>
       </c>
       <c r="K133" s="30">
         <v>55</v>
@@ -10489,51 +10482,51 @@
       <c r="CI133" s="54"/>
       <c r="CJ133" s="54"/>
       <c r="CK133" s="54"/>
       <c r="CL133" s="54"/>
       <c r="CM133" s="54"/>
       <c r="CN133" s="54"/>
       <c r="CO133" s="54"/>
       <c r="CP133" s="54"/>
       <c r="CQ133" s="54"/>
       <c r="CR133" s="54"/>
       <c r="CS133" s="54"/>
       <c r="CT133" s="54"/>
       <c r="CU133" s="54"/>
       <c r="CV133" s="54"/>
       <c r="CW133" s="54"/>
       <c r="CX133" s="54"/>
       <c r="CY133" s="108"/>
     </row>
     <row r="134" spans="1:103" s="90" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A134" s="6">
         <v>125</v>
       </c>
       <c r="B134" s="6">
         <v>16</v>
       </c>
-      <c r="C134" s="150"/>
+      <c r="C134" s="157"/>
       <c r="D134" s="12" t="s">
         <v>300</v>
       </c>
       <c r="E134" s="12" t="s">
         <v>300</v>
       </c>
       <c r="F134" s="12" t="s">
         <v>301</v>
       </c>
       <c r="G134" s="51">
         <v>189686100</v>
       </c>
       <c r="H134" s="51">
         <f>G134*I134/100</f>
         <v>66390135</v>
       </c>
       <c r="I134" s="99">
         <v>35</v>
       </c>
       <c r="J134" s="51">
         <f>G134*K134/100</f>
         <v>123295965</v>
       </c>
       <c r="K134" s="30">
         <f t="shared" ref="K134:K136" si="77">100-I134-M134</f>
@@ -10617,51 +10610,51 @@
       <c r="CI134" s="54"/>
       <c r="CJ134" s="54"/>
       <c r="CK134" s="54"/>
       <c r="CL134" s="54"/>
       <c r="CM134" s="54"/>
       <c r="CN134" s="54"/>
       <c r="CO134" s="54"/>
       <c r="CP134" s="54"/>
       <c r="CQ134" s="54"/>
       <c r="CR134" s="54"/>
       <c r="CS134" s="54"/>
       <c r="CT134" s="54"/>
       <c r="CU134" s="54"/>
       <c r="CV134" s="54"/>
       <c r="CW134" s="54"/>
       <c r="CX134" s="54"/>
       <c r="CY134" s="108"/>
     </row>
     <row r="135" spans="1:103" s="90" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A135" s="6">
         <v>126</v>
       </c>
       <c r="B135" s="6">
         <v>17</v>
       </c>
-      <c r="C135" s="150"/>
+      <c r="C135" s="157"/>
       <c r="D135" s="12" t="s">
         <v>300</v>
       </c>
       <c r="E135" s="12" t="s">
         <v>300</v>
       </c>
       <c r="F135" s="12" t="s">
         <v>302</v>
       </c>
       <c r="G135" s="51">
         <v>148377300</v>
       </c>
       <c r="H135" s="30">
         <v>51932055</v>
       </c>
       <c r="I135" s="99">
         <v>35</v>
       </c>
       <c r="J135" s="51">
         <f>G135*K135/100</f>
         <v>96445245</v>
       </c>
       <c r="K135" s="30">
         <f t="shared" si="77"/>
         <v>65</v>
@@ -10744,51 +10737,51 @@
       <c r="CI135" s="54"/>
       <c r="CJ135" s="54"/>
       <c r="CK135" s="54"/>
       <c r="CL135" s="54"/>
       <c r="CM135" s="54"/>
       <c r="CN135" s="54"/>
       <c r="CO135" s="54"/>
       <c r="CP135" s="54"/>
       <c r="CQ135" s="54"/>
       <c r="CR135" s="54"/>
       <c r="CS135" s="54"/>
       <c r="CT135" s="54"/>
       <c r="CU135" s="54"/>
       <c r="CV135" s="54"/>
       <c r="CW135" s="54"/>
       <c r="CX135" s="54"/>
       <c r="CY135" s="108"/>
     </row>
     <row r="136" spans="1:103" s="90" customFormat="1" ht="60.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A136" s="6">
         <v>127</v>
       </c>
       <c r="B136" s="6">
         <v>18</v>
       </c>
-      <c r="C136" s="150"/>
+      <c r="C136" s="157"/>
       <c r="D136" s="12" t="s">
         <v>300</v>
       </c>
       <c r="E136" s="12" t="s">
         <v>300</v>
       </c>
       <c r="F136" s="12" t="s">
         <v>303</v>
       </c>
       <c r="G136" s="51">
         <v>84413400</v>
       </c>
       <c r="H136" s="30">
         <f>G136*I136/100</f>
         <v>54868710</v>
       </c>
       <c r="I136" s="99">
         <v>65</v>
       </c>
       <c r="J136" s="51">
         <f t="shared" ref="J136:J148" si="78">G136*K136/100</f>
         <v>29544690</v>
       </c>
       <c r="K136" s="30">
         <f t="shared" si="77"/>
@@ -10872,162 +10865,162 @@
       <c r="CI136" s="54"/>
       <c r="CJ136" s="54"/>
       <c r="CK136" s="54"/>
       <c r="CL136" s="54"/>
       <c r="CM136" s="54"/>
       <c r="CN136" s="54"/>
       <c r="CO136" s="54"/>
       <c r="CP136" s="54"/>
       <c r="CQ136" s="54"/>
       <c r="CR136" s="54"/>
       <c r="CS136" s="54"/>
       <c r="CT136" s="54"/>
       <c r="CU136" s="54"/>
       <c r="CV136" s="54"/>
       <c r="CW136" s="54"/>
       <c r="CX136" s="54"/>
       <c r="CY136" s="108"/>
     </row>
     <row r="137" spans="1:103" s="4" customFormat="1" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A137" s="6">
         <v>128</v>
       </c>
       <c r="B137" s="6">
         <v>19</v>
       </c>
-      <c r="C137" s="150"/>
+      <c r="C137" s="157"/>
       <c r="D137" s="8" t="s">
         <v>304</v>
       </c>
       <c r="E137" s="8" t="s">
         <v>305</v>
       </c>
       <c r="F137" s="8" t="s">
         <v>306</v>
       </c>
       <c r="G137" s="30">
         <v>181466560</v>
       </c>
       <c r="H137" s="30">
         <f t="shared" si="73"/>
         <v>63513296</v>
       </c>
       <c r="I137" s="30">
         <v>35</v>
       </c>
       <c r="J137" s="30">
         <f t="shared" si="78"/>
         <v>117953264</v>
       </c>
       <c r="K137" s="30">
         <v>65</v>
       </c>
       <c r="L137" s="63"/>
       <c r="M137" s="64"/>
     </row>
     <row r="138" spans="1:103" s="4" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A138" s="6">
         <v>129</v>
       </c>
       <c r="B138" s="6">
         <v>20</v>
       </c>
-      <c r="C138" s="150"/>
+      <c r="C138" s="157"/>
       <c r="D138" s="8" t="s">
         <v>304</v>
       </c>
       <c r="E138" s="8" t="s">
         <v>307</v>
       </c>
       <c r="F138" s="8" t="s">
         <v>308</v>
       </c>
       <c r="G138" s="30">
         <v>192092210</v>
       </c>
       <c r="H138" s="30">
         <f t="shared" si="73"/>
         <v>67232273.5</v>
       </c>
       <c r="I138" s="30">
         <v>35</v>
       </c>
       <c r="J138" s="30">
         <f t="shared" si="78"/>
         <v>124859936.5</v>
       </c>
       <c r="K138" s="30">
         <v>65</v>
       </c>
       <c r="L138" s="63"/>
       <c r="M138" s="64"/>
     </row>
     <row r="139" spans="1:103" s="4" customFormat="1" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A139" s="6">
         <v>130</v>
       </c>
       <c r="B139" s="6">
         <v>21</v>
       </c>
-      <c r="C139" s="150"/>
+      <c r="C139" s="157"/>
       <c r="D139" s="8" t="s">
         <v>309</v>
       </c>
       <c r="E139" s="8" t="s">
         <v>310</v>
       </c>
       <c r="F139" s="8" t="s">
         <v>311</v>
       </c>
       <c r="G139" s="30">
         <v>242405041</v>
       </c>
       <c r="H139" s="30">
         <f t="shared" si="73"/>
         <v>84841764.349999994</v>
       </c>
       <c r="I139" s="30">
         <v>35</v>
       </c>
       <c r="J139" s="30">
         <f t="shared" si="78"/>
         <v>157563276.65000001</v>
       </c>
       <c r="K139" s="30">
         <v>65</v>
       </c>
       <c r="L139" s="67"/>
       <c r="M139" s="64"/>
     </row>
     <row r="140" spans="1:103" s="90" customFormat="1" ht="87" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A140" s="6">
         <v>131</v>
       </c>
       <c r="B140" s="6">
         <v>22</v>
       </c>
-      <c r="C140" s="150"/>
+      <c r="C140" s="157"/>
       <c r="D140" s="12" t="s">
         <v>304</v>
       </c>
       <c r="E140" s="12" t="s">
         <v>312</v>
       </c>
       <c r="F140" s="12" t="s">
         <v>313</v>
       </c>
       <c r="G140" s="51">
         <v>3076857980</v>
       </c>
       <c r="H140" s="30">
         <f>G140*I140/100</f>
         <v>1999957687</v>
       </c>
       <c r="I140" s="30">
         <v>65</v>
       </c>
       <c r="J140" s="51">
         <f t="shared" si="78"/>
         <v>1076900293</v>
       </c>
       <c r="K140" s="30">
         <f t="shared" ref="K140:K142" si="79">100-I140-M140</f>
@@ -11111,51 +11104,51 @@
       <c r="CI140" s="54"/>
       <c r="CJ140" s="54"/>
       <c r="CK140" s="54"/>
       <c r="CL140" s="54"/>
       <c r="CM140" s="54"/>
       <c r="CN140" s="54"/>
       <c r="CO140" s="54"/>
       <c r="CP140" s="54"/>
       <c r="CQ140" s="54"/>
       <c r="CR140" s="54"/>
       <c r="CS140" s="54"/>
       <c r="CT140" s="54"/>
       <c r="CU140" s="54"/>
       <c r="CV140" s="54"/>
       <c r="CW140" s="54"/>
       <c r="CX140" s="54"/>
       <c r="CY140" s="108"/>
     </row>
     <row r="141" spans="1:103" s="10" customFormat="1" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A141" s="6">
         <v>132</v>
       </c>
       <c r="B141" s="6">
         <v>23</v>
       </c>
-      <c r="C141" s="150"/>
+      <c r="C141" s="157"/>
       <c r="D141" s="8" t="s">
         <v>304</v>
       </c>
       <c r="E141" s="8" t="s">
         <v>314</v>
       </c>
       <c r="F141" s="8" t="s">
         <v>315</v>
       </c>
       <c r="G141" s="5">
         <v>696119990</v>
       </c>
       <c r="H141" s="5">
         <f>G141*I141/100</f>
         <v>452477993.5</v>
       </c>
       <c r="I141" s="30">
         <v>65</v>
       </c>
       <c r="J141" s="5">
         <f>G141*K141/100</f>
         <v>243641996.5</v>
       </c>
       <c r="K141" s="5">
         <f>100-I141-M141</f>
@@ -11239,51 +11232,51 @@
       <c r="CI141" s="4"/>
       <c r="CJ141" s="4"/>
       <c r="CK141" s="4"/>
       <c r="CL141" s="4"/>
       <c r="CM141" s="4"/>
       <c r="CN141" s="4"/>
       <c r="CO141" s="4"/>
       <c r="CP141" s="4"/>
       <c r="CQ141" s="4"/>
       <c r="CR141" s="4"/>
       <c r="CS141" s="4"/>
       <c r="CT141" s="4"/>
       <c r="CU141" s="4"/>
       <c r="CV141" s="4"/>
       <c r="CW141" s="4"/>
       <c r="CX141" s="4"/>
       <c r="CY141" s="61"/>
     </row>
     <row r="142" spans="1:103" s="90" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A142" s="6">
         <v>133</v>
       </c>
       <c r="B142" s="6">
         <v>24</v>
       </c>
-      <c r="C142" s="150"/>
+      <c r="C142" s="157"/>
       <c r="D142" s="12" t="s">
         <v>316</v>
       </c>
       <c r="E142" s="12" t="s">
         <v>316</v>
       </c>
       <c r="F142" s="12" t="s">
         <v>317</v>
       </c>
       <c r="G142" s="51">
         <v>202570810</v>
       </c>
       <c r="H142" s="30">
         <f t="shared" ref="H142" si="80">G142*I142/100</f>
         <v>131671026.5</v>
       </c>
       <c r="I142" s="99">
         <v>65</v>
       </c>
       <c r="J142" s="30">
         <f t="shared" si="78"/>
         <v>70899783.5</v>
       </c>
       <c r="K142" s="30">
         <f t="shared" si="79"/>
@@ -11367,123 +11360,123 @@
       <c r="CI142" s="54"/>
       <c r="CJ142" s="54"/>
       <c r="CK142" s="54"/>
       <c r="CL142" s="54"/>
       <c r="CM142" s="54"/>
       <c r="CN142" s="54"/>
       <c r="CO142" s="54"/>
       <c r="CP142" s="54"/>
       <c r="CQ142" s="54"/>
       <c r="CR142" s="54"/>
       <c r="CS142" s="54"/>
       <c r="CT142" s="54"/>
       <c r="CU142" s="54"/>
       <c r="CV142" s="54"/>
       <c r="CW142" s="54"/>
       <c r="CX142" s="54"/>
       <c r="CY142" s="108"/>
     </row>
     <row r="143" spans="1:103" s="4" customFormat="1" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A143" s="6">
         <v>134</v>
       </c>
       <c r="B143" s="6">
         <v>25</v>
       </c>
-      <c r="C143" s="150"/>
+      <c r="C143" s="157"/>
       <c r="D143" s="8" t="s">
         <v>318</v>
       </c>
       <c r="E143" s="8" t="s">
         <v>319</v>
       </c>
       <c r="F143" s="8" t="s">
         <v>320</v>
       </c>
       <c r="G143" s="5">
         <v>50953880</v>
       </c>
       <c r="H143" s="5">
         <v>20381552</v>
       </c>
       <c r="I143" s="5">
         <v>40</v>
       </c>
       <c r="J143" s="5">
         <v>30572328</v>
       </c>
       <c r="K143" s="12">
         <v>60</v>
       </c>
       <c r="L143" s="74"/>
       <c r="M143" s="10"/>
     </row>
     <row r="144" spans="1:103" s="4" customFormat="1" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A144" s="6">
         <v>135</v>
       </c>
       <c r="B144" s="6">
         <v>26</v>
       </c>
-      <c r="C144" s="150"/>
+      <c r="C144" s="157"/>
       <c r="D144" s="8" t="s">
         <v>321</v>
       </c>
       <c r="E144" s="8" t="s">
         <v>322</v>
       </c>
       <c r="F144" s="8" t="s">
         <v>323</v>
       </c>
       <c r="G144" s="30">
         <v>107317483</v>
       </c>
       <c r="H144" s="30">
         <f t="shared" si="73"/>
         <v>37561119.049999997</v>
       </c>
       <c r="I144" s="30">
         <v>35</v>
       </c>
       <c r="J144" s="30">
         <f t="shared" si="78"/>
         <v>69756363.950000003</v>
       </c>
       <c r="K144" s="30">
         <v>65</v>
       </c>
       <c r="L144" s="63"/>
       <c r="M144" s="64"/>
     </row>
     <row r="145" spans="1:103" s="10" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A145" s="6">
         <v>136</v>
       </c>
       <c r="B145" s="6">
         <v>27</v>
       </c>
-      <c r="C145" s="150"/>
+      <c r="C145" s="157"/>
       <c r="D145" s="8" t="s">
         <v>321</v>
       </c>
       <c r="E145" s="8" t="s">
         <v>321</v>
       </c>
       <c r="F145" s="12" t="s">
         <v>324</v>
       </c>
       <c r="G145" s="30">
         <v>265761110</v>
       </c>
       <c r="H145" s="30">
         <f t="shared" si="73"/>
         <v>172744721.5</v>
       </c>
       <c r="I145" s="101">
         <v>65</v>
       </c>
       <c r="J145" s="30">
         <f t="shared" si="78"/>
         <v>93016388.5</v>
       </c>
       <c r="K145" s="101">
         <f t="shared" ref="K145:K149" si="81">100-I145-M145</f>
@@ -11567,51 +11560,51 @@
       <c r="CI145" s="4"/>
       <c r="CJ145" s="4"/>
       <c r="CK145" s="4"/>
       <c r="CL145" s="4"/>
       <c r="CM145" s="4"/>
       <c r="CN145" s="4"/>
       <c r="CO145" s="4"/>
       <c r="CP145" s="4"/>
       <c r="CQ145" s="4"/>
       <c r="CR145" s="4"/>
       <c r="CS145" s="4"/>
       <c r="CT145" s="4"/>
       <c r="CU145" s="4"/>
       <c r="CV145" s="4"/>
       <c r="CW145" s="4"/>
       <c r="CX145" s="4"/>
       <c r="CY145" s="61"/>
     </row>
     <row r="146" spans="1:103" s="10" customFormat="1" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A146" s="6">
         <v>137</v>
       </c>
       <c r="B146" s="6">
         <v>28</v>
       </c>
-      <c r="C146" s="150"/>
+      <c r="C146" s="157"/>
       <c r="D146" s="8" t="s">
         <v>321</v>
       </c>
       <c r="E146" s="8" t="s">
         <v>321</v>
       </c>
       <c r="F146" s="8" t="s">
         <v>325</v>
       </c>
       <c r="G146" s="30">
         <v>364600280</v>
       </c>
       <c r="H146" s="30">
         <f t="shared" si="73"/>
         <v>236990182</v>
       </c>
       <c r="I146" s="101">
         <v>65</v>
       </c>
       <c r="J146" s="30">
         <f>G146*K146/100</f>
         <v>127610098</v>
       </c>
       <c r="K146" s="101">
         <f t="shared" si="81"/>
@@ -11695,51 +11688,51 @@
       <c r="CI146" s="4"/>
       <c r="CJ146" s="4"/>
       <c r="CK146" s="4"/>
       <c r="CL146" s="4"/>
       <c r="CM146" s="4"/>
       <c r="CN146" s="4"/>
       <c r="CO146" s="4"/>
       <c r="CP146" s="4"/>
       <c r="CQ146" s="4"/>
       <c r="CR146" s="4"/>
       <c r="CS146" s="4"/>
       <c r="CT146" s="4"/>
       <c r="CU146" s="4"/>
       <c r="CV146" s="4"/>
       <c r="CW146" s="4"/>
       <c r="CX146" s="4"/>
       <c r="CY146" s="61"/>
     </row>
     <row r="147" spans="1:103" s="10" customFormat="1" ht="89.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A147" s="6">
         <v>138</v>
       </c>
       <c r="B147" s="6">
         <v>29</v>
       </c>
-      <c r="C147" s="150"/>
+      <c r="C147" s="157"/>
       <c r="D147" s="8" t="s">
         <v>321</v>
       </c>
       <c r="E147" s="8" t="s">
         <v>326</v>
       </c>
       <c r="F147" s="8" t="s">
         <v>327</v>
       </c>
       <c r="G147" s="30">
         <v>319385050</v>
       </c>
       <c r="H147" s="30">
         <f t="shared" si="73"/>
         <v>159692525</v>
       </c>
       <c r="I147" s="101">
         <v>50</v>
       </c>
       <c r="J147" s="30">
         <f>G147*K147/100</f>
         <v>159692525</v>
       </c>
       <c r="K147" s="101">
         <f t="shared" si="81"/>
@@ -11823,51 +11816,51 @@
       <c r="CI147" s="4"/>
       <c r="CJ147" s="4"/>
       <c r="CK147" s="4"/>
       <c r="CL147" s="4"/>
       <c r="CM147" s="4"/>
       <c r="CN147" s="4"/>
       <c r="CO147" s="4"/>
       <c r="CP147" s="4"/>
       <c r="CQ147" s="4"/>
       <c r="CR147" s="4"/>
       <c r="CS147" s="4"/>
       <c r="CT147" s="4"/>
       <c r="CU147" s="4"/>
       <c r="CV147" s="4"/>
       <c r="CW147" s="4"/>
       <c r="CX147" s="4"/>
       <c r="CY147" s="61"/>
     </row>
     <row r="148" spans="1:103" s="10" customFormat="1" ht="73.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A148" s="6">
         <v>139</v>
       </c>
       <c r="B148" s="6">
         <v>30</v>
       </c>
-      <c r="C148" s="150"/>
+      <c r="C148" s="157"/>
       <c r="D148" s="8" t="s">
         <v>321</v>
       </c>
       <c r="E148" s="8" t="s">
         <v>328</v>
       </c>
       <c r="F148" s="8" t="s">
         <v>329</v>
       </c>
       <c r="G148" s="30">
         <v>242944110</v>
       </c>
       <c r="H148" s="30">
         <f t="shared" si="73"/>
         <v>145766466</v>
       </c>
       <c r="I148" s="101">
         <v>60</v>
       </c>
       <c r="J148" s="30">
         <f t="shared" si="78"/>
         <v>97177644</v>
       </c>
       <c r="K148" s="101">
         <f t="shared" si="81"/>
@@ -12076,55 +12069,55 @@
       <c r="CF149" s="4"/>
       <c r="CG149" s="4"/>
       <c r="CH149" s="4"/>
       <c r="CI149" s="4"/>
       <c r="CJ149" s="4"/>
       <c r="CK149" s="4"/>
       <c r="CL149" s="4"/>
       <c r="CM149" s="4"/>
       <c r="CN149" s="4"/>
       <c r="CO149" s="4"/>
       <c r="CP149" s="4"/>
       <c r="CQ149" s="4"/>
       <c r="CR149" s="4"/>
       <c r="CS149" s="4"/>
       <c r="CT149" s="4"/>
       <c r="CU149" s="4"/>
       <c r="CV149" s="4"/>
       <c r="CW149" s="4"/>
       <c r="CX149" s="4"/>
       <c r="CY149" s="61"/>
     </row>
     <row r="150" spans="1:103" s="69" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A150" s="133"/>
       <c r="B150" s="133"/>
       <c r="C150" s="132"/>
-      <c r="D150" s="151" t="s">
+      <c r="D150" s="156" t="s">
         <v>331</v>
       </c>
-      <c r="E150" s="151"/>
-      <c r="F150" s="151"/>
+      <c r="E150" s="156"/>
+      <c r="F150" s="156"/>
       <c r="G150" s="24">
         <f>SUM(G119:G149)</f>
         <v>14244367847</v>
       </c>
       <c r="H150" s="24">
         <f t="shared" ref="H150:M150" si="82">SUM(H119:H149)</f>
         <v>8665679544.7000008</v>
       </c>
       <c r="I150" s="24"/>
       <c r="J150" s="24">
         <f t="shared" si="82"/>
         <v>5578684611.7930002</v>
       </c>
       <c r="K150" s="24"/>
       <c r="L150" s="24">
         <f t="shared" si="82"/>
         <v>0</v>
       </c>
       <c r="M150" s="24">
         <f t="shared" si="82"/>
         <v>0</v>
       </c>
       <c r="N150" s="120"/>
       <c r="O150" s="120"/>
       <c r="P150" s="120"/>
@@ -12200,51 +12193,51 @@
       <c r="CH150" s="120"/>
       <c r="CI150" s="120"/>
       <c r="CJ150" s="120"/>
       <c r="CK150" s="120"/>
       <c r="CL150" s="120"/>
       <c r="CM150" s="120"/>
       <c r="CN150" s="120"/>
       <c r="CO150" s="120"/>
       <c r="CP150" s="120"/>
       <c r="CQ150" s="120"/>
       <c r="CR150" s="120"/>
       <c r="CS150" s="120"/>
       <c r="CT150" s="120"/>
       <c r="CU150" s="120"/>
       <c r="CV150" s="120"/>
       <c r="CW150" s="120"/>
       <c r="CX150" s="120"/>
     </row>
     <row r="151" spans="1:103" s="25" customFormat="1" ht="83.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A151" s="68">
         <v>141</v>
       </c>
       <c r="B151" s="68">
         <v>1</v>
       </c>
-      <c r="C151" s="152"/>
+      <c r="C151" s="160"/>
       <c r="D151" s="68" t="s">
         <v>332</v>
       </c>
       <c r="E151" s="66" t="s">
         <v>333</v>
       </c>
       <c r="F151" s="66" t="s">
         <v>334</v>
       </c>
       <c r="G151" s="28">
         <v>281447320</v>
       </c>
       <c r="H151" s="28">
         <v>84434196</v>
       </c>
       <c r="I151" s="57">
         <f t="shared" ref="I151:I152" si="83">H151/G151*100</f>
         <v>30</v>
       </c>
       <c r="J151" s="28">
         <f t="shared" ref="J151:J152" si="84">G151-H151-L151</f>
         <v>197013124</v>
       </c>
       <c r="K151" s="57">
         <f t="shared" ref="K151:K152" si="85">100-I151-M151</f>
@@ -12330,51 +12323,51 @@
       <c r="CH151" s="13"/>
       <c r="CI151" s="13"/>
       <c r="CJ151" s="13"/>
       <c r="CK151" s="13"/>
       <c r="CL151" s="13"/>
       <c r="CM151" s="13"/>
       <c r="CN151" s="13"/>
       <c r="CO151" s="13"/>
       <c r="CP151" s="13"/>
       <c r="CQ151" s="13"/>
       <c r="CR151" s="13"/>
       <c r="CS151" s="13"/>
       <c r="CT151" s="13"/>
       <c r="CU151" s="13"/>
       <c r="CV151" s="13"/>
       <c r="CW151" s="13"/>
       <c r="CX151" s="13"/>
     </row>
     <row r="152" spans="1:103" s="25" customFormat="1" ht="79.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A152" s="68">
         <v>142</v>
       </c>
       <c r="B152" s="68">
         <v>2</v>
       </c>
-      <c r="C152" s="152"/>
+      <c r="C152" s="160"/>
       <c r="D152" s="68" t="s">
         <v>332</v>
       </c>
       <c r="E152" s="66" t="s">
         <v>335</v>
       </c>
       <c r="F152" s="66" t="s">
         <v>336</v>
       </c>
       <c r="G152" s="28">
         <v>47523530</v>
       </c>
       <c r="H152" s="28">
         <v>19009412</v>
       </c>
       <c r="I152" s="57">
         <f t="shared" si="83"/>
         <v>40</v>
       </c>
       <c r="J152" s="28">
         <f t="shared" si="84"/>
         <v>28514118</v>
       </c>
       <c r="K152" s="57">
         <f t="shared" si="85"/>
@@ -12460,51 +12453,51 @@
       <c r="CH152" s="13"/>
       <c r="CI152" s="13"/>
       <c r="CJ152" s="13"/>
       <c r="CK152" s="13"/>
       <c r="CL152" s="13"/>
       <c r="CM152" s="13"/>
       <c r="CN152" s="13"/>
       <c r="CO152" s="13"/>
       <c r="CP152" s="13"/>
       <c r="CQ152" s="13"/>
       <c r="CR152" s="13"/>
       <c r="CS152" s="13"/>
       <c r="CT152" s="13"/>
       <c r="CU152" s="13"/>
       <c r="CV152" s="13"/>
       <c r="CW152" s="13"/>
       <c r="CX152" s="13"/>
     </row>
     <row r="153" spans="1:103" s="25" customFormat="1" ht="46.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A153" s="68">
         <v>143</v>
       </c>
       <c r="B153" s="68">
         <v>3</v>
       </c>
-      <c r="C153" s="152"/>
+      <c r="C153" s="160"/>
       <c r="D153" s="68" t="s">
         <v>332</v>
       </c>
       <c r="E153" s="66" t="s">
         <v>337</v>
       </c>
       <c r="F153" s="66" t="s">
         <v>338</v>
       </c>
       <c r="G153" s="28">
         <v>82206950</v>
       </c>
       <c r="H153" s="28">
         <v>20551738</v>
       </c>
       <c r="I153" s="57">
         <f>H153/G153*100</f>
         <v>25.000000608221079</v>
       </c>
       <c r="J153" s="28">
         <f>G153-H153-L153</f>
         <v>61655212</v>
       </c>
       <c r="K153" s="57">
         <f>100-I153-M153</f>
@@ -12590,51 +12583,51 @@
       <c r="CH153" s="13"/>
       <c r="CI153" s="13"/>
       <c r="CJ153" s="13"/>
       <c r="CK153" s="13"/>
       <c r="CL153" s="13"/>
       <c r="CM153" s="13"/>
       <c r="CN153" s="13"/>
       <c r="CO153" s="13"/>
       <c r="CP153" s="13"/>
       <c r="CQ153" s="13"/>
       <c r="CR153" s="13"/>
       <c r="CS153" s="13"/>
       <c r="CT153" s="13"/>
       <c r="CU153" s="13"/>
       <c r="CV153" s="13"/>
       <c r="CW153" s="13"/>
       <c r="CX153" s="13"/>
     </row>
     <row r="154" spans="1:103" s="25" customFormat="1" ht="60.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A154" s="68">
         <v>144</v>
       </c>
       <c r="B154" s="68">
         <v>4</v>
       </c>
-      <c r="C154" s="152"/>
+      <c r="C154" s="160"/>
       <c r="D154" s="68" t="s">
         <v>332</v>
       </c>
       <c r="E154" s="68" t="s">
         <v>332</v>
       </c>
       <c r="F154" s="66" t="s">
         <v>339</v>
       </c>
       <c r="G154" s="28">
         <v>119427700</v>
       </c>
       <c r="H154" s="28">
         <v>59713850</v>
       </c>
       <c r="I154" s="57">
         <f t="shared" ref="I154" si="87">H154/G154*100</f>
         <v>50</v>
       </c>
       <c r="J154" s="28">
         <f t="shared" ref="J154" si="88">G154-H154-L154</f>
         <v>59713850</v>
       </c>
       <c r="K154" s="57">
         <f t="shared" ref="K154" si="89">100-I154-M154</f>
@@ -12720,51 +12713,51 @@
       <c r="CH154" s="13"/>
       <c r="CI154" s="13"/>
       <c r="CJ154" s="13"/>
       <c r="CK154" s="13"/>
       <c r="CL154" s="13"/>
       <c r="CM154" s="13"/>
       <c r="CN154" s="13"/>
       <c r="CO154" s="13"/>
       <c r="CP154" s="13"/>
       <c r="CQ154" s="13"/>
       <c r="CR154" s="13"/>
       <c r="CS154" s="13"/>
       <c r="CT154" s="13"/>
       <c r="CU154" s="13"/>
       <c r="CV154" s="13"/>
       <c r="CW154" s="13"/>
       <c r="CX154" s="13"/>
     </row>
     <row r="155" spans="1:103" s="25" customFormat="1" ht="66" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A155" s="68">
         <v>145</v>
       </c>
       <c r="B155" s="68">
         <v>5</v>
       </c>
-      <c r="C155" s="152"/>
+      <c r="C155" s="160"/>
       <c r="D155" s="68" t="s">
         <v>332</v>
       </c>
       <c r="E155" s="66" t="s">
         <v>340</v>
       </c>
       <c r="F155" s="66" t="s">
         <v>341</v>
       </c>
       <c r="G155" s="28">
         <v>59193230</v>
       </c>
       <c r="H155" s="28">
         <v>15390240</v>
       </c>
       <c r="I155" s="57">
         <f>H155/G155*100</f>
         <v>26.000000337876479</v>
       </c>
       <c r="J155" s="28">
         <f>G155-H155-L155</f>
         <v>43802990</v>
       </c>
       <c r="K155" s="57">
         <f>100-I155-M155</f>
@@ -12850,51 +12843,51 @@
       <c r="CH155" s="13"/>
       <c r="CI155" s="13"/>
       <c r="CJ155" s="13"/>
       <c r="CK155" s="13"/>
       <c r="CL155" s="13"/>
       <c r="CM155" s="13"/>
       <c r="CN155" s="13"/>
       <c r="CO155" s="13"/>
       <c r="CP155" s="13"/>
       <c r="CQ155" s="13"/>
       <c r="CR155" s="13"/>
       <c r="CS155" s="13"/>
       <c r="CT155" s="13"/>
       <c r="CU155" s="13"/>
       <c r="CV155" s="13"/>
       <c r="CW155" s="13"/>
       <c r="CX155" s="13"/>
     </row>
     <row r="156" spans="1:103" s="25" customFormat="1" ht="61.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A156" s="68">
         <v>146</v>
       </c>
       <c r="B156" s="68">
         <v>6</v>
       </c>
-      <c r="C156" s="152"/>
+      <c r="C156" s="160"/>
       <c r="D156" s="68" t="s">
         <v>332</v>
       </c>
       <c r="E156" s="66" t="s">
         <v>342</v>
       </c>
       <c r="F156" s="66" t="s">
         <v>343</v>
       </c>
       <c r="G156" s="28">
         <v>183862730</v>
       </c>
       <c r="H156" s="28">
         <v>73545092</v>
       </c>
       <c r="I156" s="57">
         <f t="shared" ref="I156:I169" si="91">H156/G156*100</f>
         <v>40</v>
       </c>
       <c r="J156" s="28">
         <f>G156-H156-L156</f>
         <v>110317638</v>
       </c>
       <c r="K156" s="57">
         <f>100-I156-M156</f>
@@ -12980,634 +12973,634 @@
       <c r="CH156" s="13"/>
       <c r="CI156" s="13"/>
       <c r="CJ156" s="13"/>
       <c r="CK156" s="13"/>
       <c r="CL156" s="13"/>
       <c r="CM156" s="13"/>
       <c r="CN156" s="13"/>
       <c r="CO156" s="13"/>
       <c r="CP156" s="13"/>
       <c r="CQ156" s="13"/>
       <c r="CR156" s="13"/>
       <c r="CS156" s="13"/>
       <c r="CT156" s="13"/>
       <c r="CU156" s="13"/>
       <c r="CV156" s="13"/>
       <c r="CW156" s="13"/>
       <c r="CX156" s="13"/>
     </row>
     <row r="157" spans="1:103" s="13" customFormat="1" ht="49.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A157" s="6">
         <v>147</v>
       </c>
       <c r="B157" s="6">
         <v>7</v>
       </c>
-      <c r="C157" s="152"/>
+      <c r="C157" s="160"/>
       <c r="D157" s="6" t="s">
         <v>344</v>
       </c>
       <c r="E157" s="8" t="s">
         <v>345</v>
       </c>
       <c r="F157" s="8" t="s">
         <v>346</v>
       </c>
       <c r="G157" s="5">
         <v>479950750</v>
       </c>
       <c r="H157" s="5">
         <v>215977838</v>
       </c>
       <c r="I157" s="14">
         <f t="shared" si="91"/>
         <v>45.00000010417736</v>
       </c>
       <c r="J157" s="5">
         <f t="shared" ref="J157:J169" si="92">G157-H157-L157</f>
         <v>263972912</v>
       </c>
       <c r="K157" s="14">
         <f t="shared" ref="K157:K169" si="93">100-I157-M157</f>
         <v>54.99999989582264</v>
       </c>
       <c r="L157" s="5"/>
       <c r="M157" s="14">
         <f t="shared" ref="M157:M169" si="94">L157/G157*100</f>
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:103" s="54" customFormat="1" ht="77.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A158" s="6">
         <v>148</v>
       </c>
       <c r="B158" s="6">
         <v>8</v>
       </c>
-      <c r="C158" s="152"/>
+      <c r="C158" s="160"/>
       <c r="D158" s="34" t="s">
         <v>344</v>
       </c>
       <c r="E158" s="12" t="s">
         <v>347</v>
       </c>
       <c r="F158" s="12" t="s">
         <v>348</v>
       </c>
       <c r="G158" s="51">
         <v>501416293</v>
       </c>
       <c r="H158" s="51">
         <v>275778961</v>
       </c>
       <c r="I158" s="52">
         <f t="shared" si="91"/>
         <v>54.999999970084737</v>
       </c>
       <c r="J158" s="51">
         <f t="shared" si="92"/>
         <v>225637332</v>
       </c>
       <c r="K158" s="52">
         <f t="shared" si="93"/>
         <v>45.000000029915263</v>
       </c>
       <c r="L158" s="51"/>
       <c r="M158" s="89">
         <f t="shared" si="94"/>
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:103" s="13" customFormat="1" ht="66" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A159" s="6">
         <v>149</v>
       </c>
       <c r="B159" s="6">
         <v>9</v>
       </c>
-      <c r="C159" s="152"/>
+      <c r="C159" s="160"/>
       <c r="D159" s="6" t="s">
         <v>344</v>
       </c>
       <c r="E159" s="8" t="s">
         <v>349</v>
       </c>
       <c r="F159" s="8" t="s">
         <v>350</v>
       </c>
       <c r="G159" s="5">
         <v>226767540</v>
       </c>
       <c r="H159" s="5">
         <v>124722147</v>
       </c>
       <c r="I159" s="14">
         <f t="shared" si="91"/>
         <v>55.000000000000007</v>
       </c>
       <c r="J159" s="5">
         <f t="shared" si="92"/>
         <v>102045393</v>
       </c>
       <c r="K159" s="14">
         <f t="shared" si="93"/>
         <v>44.999999999999993</v>
       </c>
       <c r="L159" s="5"/>
       <c r="M159" s="11">
         <f t="shared" si="94"/>
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:103" s="13" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A160" s="6">
         <v>150</v>
       </c>
       <c r="B160" s="6">
         <v>10</v>
       </c>
-      <c r="C160" s="152"/>
+      <c r="C160" s="160"/>
       <c r="D160" s="6" t="s">
         <v>344</v>
       </c>
       <c r="E160" s="8" t="s">
         <v>351</v>
       </c>
       <c r="F160" s="8" t="s">
         <v>352</v>
       </c>
       <c r="G160" s="5">
         <v>276242700</v>
       </c>
       <c r="H160" s="5">
         <v>151933485</v>
       </c>
       <c r="I160" s="14">
         <f t="shared" si="91"/>
         <v>55.000000000000007</v>
       </c>
       <c r="J160" s="5">
         <f t="shared" si="92"/>
         <v>124309215</v>
       </c>
       <c r="K160" s="14">
         <f t="shared" si="93"/>
         <v>44.999999999999993</v>
       </c>
       <c r="L160" s="5">
         <v>0</v>
       </c>
       <c r="M160" s="11">
         <f t="shared" si="94"/>
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:102" s="13" customFormat="1" ht="84" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A161" s="6">
         <v>151</v>
       </c>
       <c r="B161" s="6">
         <v>11</v>
       </c>
-      <c r="C161" s="152"/>
+      <c r="C161" s="160"/>
       <c r="D161" s="6" t="s">
         <v>344</v>
       </c>
       <c r="E161" s="8" t="s">
         <v>344</v>
       </c>
       <c r="F161" s="8" t="s">
         <v>353</v>
       </c>
       <c r="G161" s="5">
         <v>459550250</v>
       </c>
       <c r="H161" s="5">
         <v>252752638</v>
       </c>
       <c r="I161" s="14">
         <f t="shared" si="91"/>
         <v>55.000000108802027</v>
       </c>
       <c r="J161" s="5">
         <f t="shared" si="92"/>
         <v>206797612</v>
       </c>
       <c r="K161" s="14">
         <f t="shared" si="93"/>
         <v>44.999999891197973</v>
       </c>
       <c r="L161" s="5">
         <v>0</v>
       </c>
       <c r="M161" s="11">
         <f t="shared" si="94"/>
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:102" s="13" customFormat="1" ht="91.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A162" s="6">
         <v>152</v>
       </c>
       <c r="B162" s="6">
         <v>12</v>
       </c>
-      <c r="C162" s="152"/>
+      <c r="C162" s="160"/>
       <c r="D162" s="6" t="s">
         <v>344</v>
       </c>
       <c r="E162" s="8" t="s">
         <v>354</v>
       </c>
       <c r="F162" s="8" t="s">
         <v>355</v>
       </c>
       <c r="G162" s="5">
         <v>466866720</v>
       </c>
       <c r="H162" s="5">
         <v>210090024</v>
       </c>
       <c r="I162" s="14">
         <f t="shared" si="91"/>
         <v>45</v>
       </c>
       <c r="J162" s="5">
         <f t="shared" si="92"/>
         <v>256776696</v>
       </c>
       <c r="K162" s="14">
         <f t="shared" si="93"/>
         <v>55</v>
       </c>
       <c r="L162" s="5">
         <v>0</v>
       </c>
       <c r="M162" s="11">
         <f t="shared" si="94"/>
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:102" s="13" customFormat="1" ht="88.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A163" s="6">
         <v>153</v>
       </c>
       <c r="B163" s="6">
         <v>13</v>
       </c>
-      <c r="C163" s="152"/>
+      <c r="C163" s="160"/>
       <c r="D163" s="6" t="s">
         <v>344</v>
       </c>
       <c r="E163" s="8" t="s">
         <v>356</v>
       </c>
       <c r="F163" s="8" t="s">
         <v>357</v>
       </c>
       <c r="G163" s="5">
         <v>242034346</v>
       </c>
       <c r="H163" s="5">
         <v>108915455</v>
       </c>
       <c r="I163" s="14">
         <f t="shared" si="91"/>
         <v>44.999999710784849</v>
       </c>
       <c r="J163" s="5">
         <f t="shared" si="92"/>
         <v>133118891</v>
       </c>
       <c r="K163" s="14">
         <f t="shared" si="93"/>
         <v>55.000000289215151</v>
       </c>
       <c r="L163" s="5"/>
       <c r="M163" s="11">
         <f t="shared" si="94"/>
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:102" s="13" customFormat="1" ht="72.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A164" s="6">
         <v>154</v>
       </c>
       <c r="B164" s="6">
         <v>14</v>
       </c>
-      <c r="C164" s="152"/>
+      <c r="C164" s="160"/>
       <c r="D164" s="8" t="s">
         <v>358</v>
       </c>
       <c r="E164" s="8" t="s">
         <v>359</v>
       </c>
       <c r="F164" s="8" t="s">
         <v>360</v>
       </c>
       <c r="G164" s="5">
         <v>280515692</v>
       </c>
       <c r="H164" s="5">
         <v>168309415</v>
       </c>
       <c r="I164" s="14">
         <f>H164/G164*100</f>
         <v>59.999999928702742</v>
       </c>
       <c r="J164" s="5">
         <f>G164-H164-L164</f>
         <v>112206277</v>
       </c>
       <c r="K164" s="14">
         <f>100-I164-M164</f>
         <v>40.000000071297258</v>
       </c>
       <c r="L164" s="5">
         <v>0</v>
       </c>
       <c r="M164" s="14">
         <f>L164/G164*100</f>
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:102" s="13" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A165" s="6">
         <v>155</v>
       </c>
       <c r="B165" s="6">
         <v>15</v>
       </c>
-      <c r="C165" s="152"/>
+      <c r="C165" s="160"/>
       <c r="D165" s="6" t="s">
         <v>361</v>
       </c>
       <c r="E165" s="8" t="s">
         <v>362</v>
       </c>
       <c r="F165" s="8" t="s">
         <v>363</v>
       </c>
       <c r="G165" s="5">
         <v>56753030</v>
       </c>
       <c r="H165" s="5">
         <v>30079106</v>
       </c>
       <c r="I165" s="14">
         <f t="shared" si="91"/>
         <v>53.000000176202043</v>
       </c>
       <c r="J165" s="5">
         <f t="shared" si="92"/>
         <v>26673924</v>
       </c>
       <c r="K165" s="14">
         <f t="shared" si="93"/>
         <v>46.999999823797957</v>
       </c>
       <c r="L165" s="5"/>
       <c r="M165" s="14">
         <f t="shared" si="94"/>
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:102" s="13" customFormat="1" ht="61.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A166" s="6">
         <v>156</v>
       </c>
       <c r="B166" s="6">
         <v>16</v>
       </c>
-      <c r="C166" s="152"/>
+      <c r="C166" s="160"/>
       <c r="D166" s="6" t="s">
         <v>361</v>
       </c>
       <c r="E166" s="6" t="s">
         <v>361</v>
       </c>
       <c r="F166" s="8" t="s">
         <v>364</v>
       </c>
       <c r="G166" s="5">
         <v>288361200</v>
       </c>
       <c r="H166" s="5">
         <v>158598660</v>
       </c>
       <c r="I166" s="14">
         <f t="shared" si="91"/>
         <v>55.000000000000007</v>
       </c>
       <c r="J166" s="5">
         <f t="shared" si="92"/>
         <v>129762540</v>
       </c>
       <c r="K166" s="14">
         <f t="shared" si="93"/>
         <v>44.999999999999993</v>
       </c>
       <c r="L166" s="5"/>
       <c r="M166" s="14">
         <f t="shared" si="94"/>
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:102" s="54" customFormat="1" ht="66.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A167" s="6">
         <v>157</v>
       </c>
       <c r="B167" s="6">
         <v>17</v>
       </c>
-      <c r="C167" s="152"/>
+      <c r="C167" s="160"/>
       <c r="D167" s="34" t="s">
         <v>361</v>
       </c>
       <c r="E167" s="12" t="s">
         <v>365</v>
       </c>
       <c r="F167" s="12" t="s">
         <v>366</v>
       </c>
       <c r="G167" s="51">
         <v>1150807000</v>
       </c>
       <c r="H167" s="51">
         <v>402782450</v>
       </c>
       <c r="I167" s="52">
         <f t="shared" si="91"/>
         <v>35</v>
       </c>
       <c r="J167" s="51">
         <f t="shared" si="92"/>
         <v>748024550</v>
       </c>
       <c r="K167" s="52">
         <f t="shared" si="93"/>
         <v>65</v>
       </c>
       <c r="L167" s="51"/>
       <c r="M167" s="89">
         <f t="shared" si="94"/>
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:102" s="13" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A168" s="6">
         <v>158</v>
       </c>
       <c r="B168" s="6">
         <v>18</v>
       </c>
-      <c r="C168" s="152"/>
+      <c r="C168" s="160"/>
       <c r="D168" s="6" t="s">
         <v>367</v>
       </c>
       <c r="E168" s="6" t="s">
         <v>367</v>
       </c>
       <c r="F168" s="8" t="s">
         <v>368</v>
       </c>
       <c r="G168" s="5">
         <v>2234587900</v>
       </c>
       <c r="H168" s="5">
         <v>1229023345</v>
       </c>
       <c r="I168" s="14">
         <f>H168/G168*100</f>
         <v>55.000000000000007</v>
       </c>
       <c r="J168" s="5">
         <f>G168-H168-L168</f>
         <v>1005564555</v>
       </c>
       <c r="K168" s="14">
         <f>100-I168-M168</f>
         <v>44.999999999999993</v>
       </c>
       <c r="L168" s="5"/>
       <c r="M168" s="11">
         <f>L168/G168*100</f>
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:102" s="13" customFormat="1" ht="50.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A169" s="6">
         <v>159</v>
       </c>
       <c r="B169" s="6">
         <v>19</v>
       </c>
-      <c r="C169" s="152"/>
+      <c r="C169" s="160"/>
       <c r="D169" s="6" t="s">
         <v>369</v>
       </c>
       <c r="E169" s="6" t="s">
         <v>369</v>
       </c>
       <c r="F169" s="8" t="s">
         <v>370</v>
       </c>
       <c r="G169" s="5">
         <v>155450723</v>
       </c>
       <c r="H169" s="5">
         <v>85497897</v>
       </c>
       <c r="I169" s="14">
         <f t="shared" si="91"/>
         <v>54.999999581861061</v>
       </c>
       <c r="J169" s="5">
         <f t="shared" si="92"/>
         <v>69952826</v>
       </c>
       <c r="K169" s="14">
         <f t="shared" si="93"/>
         <v>45.000000418138939</v>
       </c>
       <c r="L169" s="5"/>
       <c r="M169" s="11">
         <f t="shared" si="94"/>
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:102" s="13" customFormat="1" ht="72" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A170" s="6">
         <v>160</v>
       </c>
       <c r="B170" s="6">
         <v>20</v>
       </c>
-      <c r="C170" s="152"/>
+      <c r="C170" s="160"/>
       <c r="D170" s="6" t="s">
         <v>371</v>
       </c>
       <c r="E170" s="8" t="s">
         <v>372</v>
       </c>
       <c r="F170" s="8" t="s">
         <v>373</v>
       </c>
       <c r="G170" s="5">
         <v>194520245</v>
       </c>
       <c r="H170" s="5">
         <v>48630062</v>
       </c>
       <c r="I170" s="14">
         <f>H170/G170*100</f>
         <v>25.000000385563979</v>
       </c>
       <c r="J170" s="5">
         <f>G170-H170-L170</f>
         <v>145890183</v>
       </c>
       <c r="K170" s="14">
         <f>100-I170-M170</f>
         <v>74.999999614436021</v>
       </c>
       <c r="L170" s="5"/>
       <c r="M170" s="14">
         <f>L170/G170*100</f>
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:102" s="71" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A171" s="109"/>
       <c r="B171" s="109"/>
       <c r="C171" s="134"/>
-      <c r="D171" s="149" t="s">
+      <c r="D171" s="153" t="s">
         <v>374</v>
       </c>
-      <c r="E171" s="149"/>
-      <c r="F171" s="149"/>
+      <c r="E171" s="153"/>
+      <c r="F171" s="153"/>
       <c r="G171" s="24">
         <f>SUM(G151:G170)</f>
         <v>7787485849</v>
       </c>
       <c r="H171" s="24">
         <f t="shared" ref="H171:M171" si="95">SUM(H151:H170)</f>
         <v>3735736011</v>
       </c>
       <c r="I171" s="24">
         <f t="shared" si="95"/>
         <v>904.00000091227651</v>
       </c>
       <c r="J171" s="24">
         <f>SUM(J151:J170)</f>
         <v>4051749838</v>
       </c>
       <c r="K171" s="24">
         <f t="shared" si="95"/>
         <v>1095.9999990877234</v>
       </c>
       <c r="L171" s="24">
         <f t="shared" si="95"/>
         <v>0</v>
       </c>
       <c r="M171" s="24">
@@ -13689,51 +13682,51 @@
       <c r="CH171" s="116"/>
       <c r="CI171" s="116"/>
       <c r="CJ171" s="116"/>
       <c r="CK171" s="116"/>
       <c r="CL171" s="116"/>
       <c r="CM171" s="116"/>
       <c r="CN171" s="116"/>
       <c r="CO171" s="116"/>
       <c r="CP171" s="116"/>
       <c r="CQ171" s="116"/>
       <c r="CR171" s="116"/>
       <c r="CS171" s="116"/>
       <c r="CT171" s="116"/>
       <c r="CU171" s="116"/>
       <c r="CV171" s="116"/>
       <c r="CW171" s="116"/>
       <c r="CX171" s="116"/>
     </row>
     <row r="172" spans="1:102" s="25" customFormat="1" ht="201.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A172" s="72">
         <v>161</v>
       </c>
       <c r="B172" s="68">
         <v>1</v>
       </c>
-      <c r="C172" s="148" t="s">
+      <c r="C172" s="159" t="s">
         <v>394</v>
       </c>
       <c r="D172" s="66" t="s">
         <v>375</v>
       </c>
       <c r="E172" s="66" t="s">
         <v>376</v>
       </c>
       <c r="F172" s="73" t="s">
         <v>377</v>
       </c>
       <c r="G172" s="28">
         <v>2226471710</v>
       </c>
       <c r="H172" s="28">
         <v>1001912270</v>
       </c>
       <c r="I172" s="57">
         <f t="shared" ref="I172:I187" si="96">H172/G172*100</f>
         <v>45.000000022457051</v>
       </c>
       <c r="J172" s="75">
         <f t="shared" ref="J172:J187" si="97">G172*K172/100</f>
         <v>1224559440.0000002</v>
       </c>
@@ -13823,137 +13816,137 @@
       <c r="CH172" s="13"/>
       <c r="CI172" s="13"/>
       <c r="CJ172" s="13"/>
       <c r="CK172" s="13"/>
       <c r="CL172" s="13"/>
       <c r="CM172" s="13"/>
       <c r="CN172" s="13"/>
       <c r="CO172" s="13"/>
       <c r="CP172" s="13"/>
       <c r="CQ172" s="13"/>
       <c r="CR172" s="13"/>
       <c r="CS172" s="13"/>
       <c r="CT172" s="13"/>
       <c r="CU172" s="13"/>
       <c r="CV172" s="13"/>
       <c r="CW172" s="13"/>
       <c r="CX172" s="13"/>
     </row>
     <row r="173" spans="1:102" s="13" customFormat="1" ht="72" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A173" s="6">
         <v>162</v>
       </c>
       <c r="B173" s="68">
         <v>2</v>
       </c>
-      <c r="C173" s="148"/>
+      <c r="C173" s="159"/>
       <c r="D173" s="8" t="s">
         <v>378</v>
       </c>
       <c r="E173" s="8" t="s">
         <v>375</v>
       </c>
       <c r="F173" s="8" t="s">
         <v>379</v>
       </c>
       <c r="G173" s="5">
         <v>207858530</v>
       </c>
       <c r="H173" s="5">
         <v>93536338</v>
       </c>
       <c r="I173" s="14">
         <f t="shared" si="96"/>
         <v>44.999999759451775</v>
       </c>
       <c r="J173" s="35">
         <f t="shared" si="97"/>
         <v>114322192</v>
       </c>
       <c r="K173" s="14">
         <f t="shared" si="98"/>
         <v>55.000000240548225</v>
       </c>
       <c r="L173" s="5">
         <v>0</v>
       </c>
       <c r="M173" s="14">
         <f t="shared" si="99"/>
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:102" s="13" customFormat="1" ht="65.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A174" s="72">
         <v>163</v>
       </c>
       <c r="B174" s="68">
         <v>3</v>
       </c>
-      <c r="C174" s="148"/>
+      <c r="C174" s="159"/>
       <c r="D174" s="8" t="s">
         <v>378</v>
       </c>
       <c r="E174" s="8" t="s">
         <v>375</v>
       </c>
       <c r="F174" s="8" t="s">
         <v>380</v>
       </c>
       <c r="G174" s="5">
         <v>240966140</v>
       </c>
       <c r="H174" s="5">
         <v>108434763</v>
       </c>
       <c r="I174" s="14">
         <f t="shared" si="96"/>
         <v>45</v>
       </c>
       <c r="J174" s="35">
         <f t="shared" si="97"/>
         <v>132531377</v>
       </c>
       <c r="K174" s="14">
         <f t="shared" si="98"/>
         <v>55</v>
       </c>
       <c r="L174" s="5">
         <v>0</v>
       </c>
       <c r="M174" s="14">
         <f t="shared" si="99"/>
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:102" s="25" customFormat="1" ht="95.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A175" s="6">
         <v>164</v>
       </c>
       <c r="B175" s="68">
         <v>4</v>
       </c>
-      <c r="C175" s="148"/>
+      <c r="C175" s="159"/>
       <c r="D175" s="72" t="s">
         <v>381</v>
       </c>
       <c r="E175" s="66" t="s">
         <v>381</v>
       </c>
       <c r="F175" s="66" t="s">
         <v>382</v>
       </c>
       <c r="G175" s="28">
         <v>481024534</v>
       </c>
       <c r="H175" s="28">
         <f>G175*I175/100</f>
         <v>216461040.29999995</v>
       </c>
       <c r="I175" s="28">
         <f>100-K175</f>
         <v>44.999999999999993</v>
       </c>
       <c r="J175" s="28">
         <v>264563493.70000002</v>
       </c>
       <c r="K175" s="57">
         <f>J175/G175*100</f>
@@ -14040,51 +14033,51 @@
       <c r="CH175" s="13"/>
       <c r="CI175" s="13"/>
       <c r="CJ175" s="13"/>
       <c r="CK175" s="13"/>
       <c r="CL175" s="13"/>
       <c r="CM175" s="13"/>
       <c r="CN175" s="13"/>
       <c r="CO175" s="13"/>
       <c r="CP175" s="13"/>
       <c r="CQ175" s="13"/>
       <c r="CR175" s="13"/>
       <c r="CS175" s="13"/>
       <c r="CT175" s="13"/>
       <c r="CU175" s="13"/>
       <c r="CV175" s="13"/>
       <c r="CW175" s="13"/>
       <c r="CX175" s="13"/>
     </row>
     <row r="176" spans="1:102" s="25" customFormat="1" ht="85.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A176" s="72">
         <v>165</v>
       </c>
       <c r="B176" s="68">
         <v>5</v>
       </c>
-      <c r="C176" s="148"/>
+      <c r="C176" s="159"/>
       <c r="D176" s="72" t="s">
         <v>381</v>
       </c>
       <c r="E176" s="66" t="s">
         <v>381</v>
       </c>
       <c r="F176" s="66" t="s">
         <v>383</v>
       </c>
       <c r="G176" s="28">
         <v>146294018</v>
       </c>
       <c r="H176" s="28">
         <f t="shared" ref="H176:H178" si="100">G176*I176/100</f>
         <v>65832308.099999994</v>
       </c>
       <c r="I176" s="28">
         <f t="shared" ref="I176:I178" si="101">100-K176</f>
         <v>44.999999999999993</v>
       </c>
       <c r="J176" s="28">
         <v>80461709.900000006</v>
       </c>
       <c r="K176" s="57">
         <f t="shared" ref="K176:K178" si="102">J176/G176*100</f>
@@ -14171,51 +14164,51 @@
       <c r="CH176" s="13"/>
       <c r="CI176" s="13"/>
       <c r="CJ176" s="13"/>
       <c r="CK176" s="13"/>
       <c r="CL176" s="13"/>
       <c r="CM176" s="13"/>
       <c r="CN176" s="13"/>
       <c r="CO176" s="13"/>
       <c r="CP176" s="13"/>
       <c r="CQ176" s="13"/>
       <c r="CR176" s="13"/>
       <c r="CS176" s="13"/>
       <c r="CT176" s="13"/>
       <c r="CU176" s="13"/>
       <c r="CV176" s="13"/>
       <c r="CW176" s="13"/>
       <c r="CX176" s="13"/>
     </row>
     <row r="177" spans="1:103" s="25" customFormat="1" ht="65.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A177" s="6">
         <v>166</v>
       </c>
       <c r="B177" s="68">
         <v>6</v>
       </c>
-      <c r="C177" s="148"/>
+      <c r="C177" s="159"/>
       <c r="D177" s="72" t="s">
         <v>381</v>
       </c>
       <c r="E177" s="66" t="s">
         <v>381</v>
       </c>
       <c r="F177" s="66" t="s">
         <v>384</v>
       </c>
       <c r="G177" s="28">
         <v>355666013</v>
       </c>
       <c r="H177" s="28">
         <f t="shared" si="100"/>
         <v>160049705.84999999</v>
       </c>
       <c r="I177" s="28">
         <f t="shared" si="101"/>
         <v>44.999999999999993</v>
       </c>
       <c r="J177" s="28">
         <v>195616307.15000001</v>
       </c>
       <c r="K177" s="57">
         <f t="shared" si="102"/>
@@ -14302,51 +14295,51 @@
       <c r="CH177" s="13"/>
       <c r="CI177" s="13"/>
       <c r="CJ177" s="13"/>
       <c r="CK177" s="13"/>
       <c r="CL177" s="13"/>
       <c r="CM177" s="13"/>
       <c r="CN177" s="13"/>
       <c r="CO177" s="13"/>
       <c r="CP177" s="13"/>
       <c r="CQ177" s="13"/>
       <c r="CR177" s="13"/>
       <c r="CS177" s="13"/>
       <c r="CT177" s="13"/>
       <c r="CU177" s="13"/>
       <c r="CV177" s="13"/>
       <c r="CW177" s="13"/>
       <c r="CX177" s="13"/>
     </row>
     <row r="178" spans="1:103" s="25" customFormat="1" ht="81" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A178" s="72">
         <v>167</v>
       </c>
       <c r="B178" s="68">
         <v>7</v>
       </c>
-      <c r="C178" s="148"/>
+      <c r="C178" s="159"/>
       <c r="D178" s="72" t="s">
         <v>381</v>
       </c>
       <c r="E178" s="66" t="s">
         <v>381</v>
       </c>
       <c r="F178" s="66" t="s">
         <v>385</v>
       </c>
       <c r="G178" s="28">
         <v>295269547</v>
       </c>
       <c r="H178" s="28">
         <f t="shared" si="100"/>
         <v>132871296.14999998</v>
       </c>
       <c r="I178" s="28">
         <f t="shared" si="101"/>
         <v>44.999999999999993</v>
       </c>
       <c r="J178" s="28">
         <v>162398250.85000002</v>
       </c>
       <c r="K178" s="57">
         <f t="shared" si="102"/>
@@ -14433,51 +14426,51 @@
       <c r="CH178" s="13"/>
       <c r="CI178" s="13"/>
       <c r="CJ178" s="13"/>
       <c r="CK178" s="13"/>
       <c r="CL178" s="13"/>
       <c r="CM178" s="13"/>
       <c r="CN178" s="13"/>
       <c r="CO178" s="13"/>
       <c r="CP178" s="13"/>
       <c r="CQ178" s="13"/>
       <c r="CR178" s="13"/>
       <c r="CS178" s="13"/>
       <c r="CT178" s="13"/>
       <c r="CU178" s="13"/>
       <c r="CV178" s="13"/>
       <c r="CW178" s="13"/>
       <c r="CX178" s="13"/>
     </row>
     <row r="179" spans="1:103" s="77" customFormat="1" ht="71.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A179" s="6">
         <v>168</v>
       </c>
       <c r="B179" s="68">
         <v>8</v>
       </c>
-      <c r="C179" s="148"/>
+      <c r="C179" s="159"/>
       <c r="D179" s="56" t="s">
         <v>386</v>
       </c>
       <c r="E179" s="72" t="s">
         <v>387</v>
       </c>
       <c r="F179" s="56" t="s">
         <v>388</v>
       </c>
       <c r="G179" s="75">
         <v>576616637</v>
       </c>
       <c r="H179" s="75">
         <v>230646655</v>
       </c>
       <c r="I179" s="76">
         <f t="shared" si="96"/>
         <v>40.000000034685087</v>
       </c>
       <c r="J179" s="75">
         <f t="shared" si="97"/>
         <v>317139150.00000006</v>
       </c>
       <c r="K179" s="76">
         <f t="shared" si="98"/>
@@ -14565,51 +14558,51 @@
       <c r="CH179" s="41"/>
       <c r="CI179" s="41"/>
       <c r="CJ179" s="41"/>
       <c r="CK179" s="41"/>
       <c r="CL179" s="41"/>
       <c r="CM179" s="41"/>
       <c r="CN179" s="41"/>
       <c r="CO179" s="41"/>
       <c r="CP179" s="41"/>
       <c r="CQ179" s="41"/>
       <c r="CR179" s="41"/>
       <c r="CS179" s="41"/>
       <c r="CT179" s="41"/>
       <c r="CU179" s="41"/>
       <c r="CV179" s="41"/>
       <c r="CW179" s="41"/>
       <c r="CX179" s="41"/>
     </row>
     <row r="180" spans="1:103" s="25" customFormat="1" ht="77.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A180" s="72">
         <v>169</v>
       </c>
       <c r="B180" s="68">
         <v>9</v>
       </c>
-      <c r="C180" s="148"/>
+      <c r="C180" s="159"/>
       <c r="D180" s="72" t="s">
         <v>389</v>
       </c>
       <c r="E180" s="72" t="s">
         <v>389</v>
       </c>
       <c r="F180" s="66" t="s">
         <v>463</v>
       </c>
       <c r="G180" s="28">
         <v>225122200</v>
       </c>
       <c r="H180" s="28">
         <v>30000000</v>
       </c>
       <c r="I180" s="57">
         <f t="shared" si="96"/>
         <v>13.326095782646046</v>
       </c>
       <c r="J180" s="75">
         <f t="shared" si="97"/>
         <v>127585540</v>
       </c>
       <c r="K180" s="57">
         <f t="shared" si="98"/>
@@ -14697,137 +14690,137 @@
       <c r="CH180" s="13"/>
       <c r="CI180" s="13"/>
       <c r="CJ180" s="13"/>
       <c r="CK180" s="13"/>
       <c r="CL180" s="13"/>
       <c r="CM180" s="13"/>
       <c r="CN180" s="13"/>
       <c r="CO180" s="13"/>
       <c r="CP180" s="13"/>
       <c r="CQ180" s="13"/>
       <c r="CR180" s="13"/>
       <c r="CS180" s="13"/>
       <c r="CT180" s="13"/>
       <c r="CU180" s="13"/>
       <c r="CV180" s="13"/>
       <c r="CW180" s="13"/>
       <c r="CX180" s="13"/>
     </row>
     <row r="181" spans="1:103" s="41" customFormat="1" ht="72" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A181" s="6">
         <v>170</v>
       </c>
       <c r="B181" s="68">
         <v>10</v>
       </c>
-      <c r="C181" s="148"/>
+      <c r="C181" s="159"/>
       <c r="D181" s="40" t="s">
         <v>389</v>
       </c>
       <c r="E181" s="40" t="s">
         <v>389</v>
       </c>
       <c r="F181" s="8" t="s">
         <v>464</v>
       </c>
       <c r="G181" s="35">
         <v>1159858600</v>
       </c>
       <c r="H181" s="35">
         <v>30000000</v>
       </c>
       <c r="I181" s="50">
         <f>H181/G181*100</f>
         <v>2.5865221846869955</v>
       </c>
       <c r="J181" s="35">
         <f>G181*60/100</f>
         <v>695915160</v>
       </c>
       <c r="K181" s="78">
         <f>J181/G181*100</f>
         <v>60</v>
       </c>
       <c r="L181" s="35">
         <f>G181-H181-J181</f>
         <v>433943440</v>
       </c>
       <c r="M181" s="78">
         <f>L181/G181*100</f>
         <v>37.413477815313009</v>
       </c>
     </row>
     <row r="182" spans="1:103" s="41" customFormat="1" ht="68.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A182" s="72">
         <v>171</v>
       </c>
       <c r="B182" s="68">
         <v>11</v>
       </c>
-      <c r="C182" s="148"/>
+      <c r="C182" s="159"/>
       <c r="D182" s="40" t="s">
         <v>389</v>
       </c>
       <c r="E182" s="40" t="s">
         <v>389</v>
       </c>
       <c r="F182" s="23" t="s">
         <v>465</v>
       </c>
       <c r="G182" s="35">
         <v>260238294</v>
       </c>
       <c r="H182" s="35">
         <v>30000000</v>
       </c>
       <c r="I182" s="50">
         <f>H182/G182*100</f>
         <v>11.527896044384613</v>
       </c>
       <c r="J182" s="35">
         <f>G182*K182/100</f>
         <v>131342266.9818</v>
       </c>
       <c r="K182" s="50">
         <v>50.47</v>
       </c>
       <c r="L182" s="35">
         <f>G182*M182/100</f>
         <v>98890551.719999999</v>
       </c>
       <c r="M182" s="79">
         <v>38</v>
       </c>
     </row>
     <row r="183" spans="1:103" s="25" customFormat="1" ht="97.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A183" s="6">
         <v>172</v>
       </c>
       <c r="B183" s="68">
         <v>12</v>
       </c>
-      <c r="C183" s="148"/>
+      <c r="C183" s="159"/>
       <c r="D183" s="66" t="s">
         <v>390</v>
       </c>
       <c r="E183" s="66" t="s">
         <v>390</v>
       </c>
       <c r="F183" s="66" t="s">
         <v>466</v>
       </c>
       <c r="G183" s="28">
         <v>521320745</v>
       </c>
       <c r="H183" s="28">
         <v>286726410</v>
       </c>
       <c r="I183" s="57">
         <f t="shared" si="96"/>
         <v>55.000000047955119</v>
       </c>
       <c r="J183" s="75">
         <f t="shared" si="97"/>
         <v>234594335</v>
       </c>
       <c r="K183" s="80">
         <f t="shared" si="98"/>
@@ -14915,51 +14908,51 @@
       <c r="CH183" s="13"/>
       <c r="CI183" s="13"/>
       <c r="CJ183" s="13"/>
       <c r="CK183" s="13"/>
       <c r="CL183" s="13"/>
       <c r="CM183" s="13"/>
       <c r="CN183" s="13"/>
       <c r="CO183" s="13"/>
       <c r="CP183" s="13"/>
       <c r="CQ183" s="13"/>
       <c r="CR183" s="13"/>
       <c r="CS183" s="13"/>
       <c r="CT183" s="13"/>
       <c r="CU183" s="13"/>
       <c r="CV183" s="13"/>
       <c r="CW183" s="13"/>
       <c r="CX183" s="13"/>
     </row>
     <row r="184" spans="1:103" s="25" customFormat="1" ht="93.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A184" s="72">
         <v>173</v>
       </c>
       <c r="B184" s="68">
         <v>13</v>
       </c>
-      <c r="C184" s="148"/>
+      <c r="C184" s="159"/>
       <c r="D184" s="66" t="s">
         <v>390</v>
       </c>
       <c r="E184" s="66" t="s">
         <v>390</v>
       </c>
       <c r="F184" s="66" t="s">
         <v>391</v>
       </c>
       <c r="G184" s="28">
         <v>296500400</v>
       </c>
       <c r="H184" s="28">
         <v>163075220</v>
       </c>
       <c r="I184" s="57">
         <f t="shared" si="96"/>
         <v>55.000000000000007</v>
       </c>
       <c r="J184" s="75">
         <f t="shared" si="97"/>
         <v>133425179.99999999</v>
       </c>
       <c r="K184" s="80">
         <f t="shared" si="98"/>
@@ -15047,51 +15040,51 @@
       <c r="CH184" s="13"/>
       <c r="CI184" s="13"/>
       <c r="CJ184" s="13"/>
       <c r="CK184" s="13"/>
       <c r="CL184" s="13"/>
       <c r="CM184" s="13"/>
       <c r="CN184" s="13"/>
       <c r="CO184" s="13"/>
       <c r="CP184" s="13"/>
       <c r="CQ184" s="13"/>
       <c r="CR184" s="13"/>
       <c r="CS184" s="13"/>
       <c r="CT184" s="13"/>
       <c r="CU184" s="13"/>
       <c r="CV184" s="13"/>
       <c r="CW184" s="13"/>
       <c r="CX184" s="13"/>
     </row>
     <row r="185" spans="1:103" s="25" customFormat="1" ht="77.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A185" s="6">
         <v>174</v>
       </c>
       <c r="B185" s="68">
         <v>14</v>
       </c>
-      <c r="C185" s="148"/>
+      <c r="C185" s="159"/>
       <c r="D185" s="66" t="s">
         <v>390</v>
       </c>
       <c r="E185" s="66" t="s">
         <v>390</v>
       </c>
       <c r="F185" s="66" t="s">
         <v>392</v>
       </c>
       <c r="G185" s="28">
         <v>464275450</v>
       </c>
       <c r="H185" s="28">
         <v>255351497</v>
       </c>
       <c r="I185" s="80">
         <f t="shared" si="96"/>
         <v>54.999999892305304</v>
       </c>
       <c r="J185" s="75">
         <f t="shared" si="97"/>
         <v>208923953.00000003</v>
       </c>
       <c r="K185" s="80">
         <f t="shared" si="98"/>
@@ -15179,51 +15172,51 @@
       <c r="CH185" s="13"/>
       <c r="CI185" s="13"/>
       <c r="CJ185" s="13"/>
       <c r="CK185" s="13"/>
       <c r="CL185" s="13"/>
       <c r="CM185" s="13"/>
       <c r="CN185" s="13"/>
       <c r="CO185" s="13"/>
       <c r="CP185" s="13"/>
       <c r="CQ185" s="13"/>
       <c r="CR185" s="13"/>
       <c r="CS185" s="13"/>
       <c r="CT185" s="13"/>
       <c r="CU185" s="13"/>
       <c r="CV185" s="13"/>
       <c r="CW185" s="13"/>
       <c r="CX185" s="13"/>
     </row>
     <row r="186" spans="1:103" s="25" customFormat="1" ht="57.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A186" s="72">
         <v>175</v>
       </c>
       <c r="B186" s="68">
         <v>15</v>
       </c>
-      <c r="C186" s="148"/>
+      <c r="C186" s="159"/>
       <c r="D186" s="66" t="s">
         <v>390</v>
       </c>
       <c r="E186" s="66" t="s">
         <v>390</v>
       </c>
       <c r="F186" s="66" t="s">
         <v>393</v>
       </c>
       <c r="G186" s="28">
         <v>160424550</v>
       </c>
       <c r="H186" s="28">
         <v>88233503</v>
       </c>
       <c r="I186" s="57">
         <f t="shared" si="96"/>
         <v>55.000000311672991</v>
       </c>
       <c r="J186" s="28">
         <f t="shared" si="97"/>
         <v>72191047.000000015</v>
       </c>
       <c r="K186" s="57">
         <f t="shared" si="98"/>
@@ -15311,95 +15304,95 @@
       <c r="CH186" s="13"/>
       <c r="CI186" s="13"/>
       <c r="CJ186" s="13"/>
       <c r="CK186" s="13"/>
       <c r="CL186" s="13"/>
       <c r="CM186" s="13"/>
       <c r="CN186" s="13"/>
       <c r="CO186" s="13"/>
       <c r="CP186" s="13"/>
       <c r="CQ186" s="13"/>
       <c r="CR186" s="13"/>
       <c r="CS186" s="13"/>
       <c r="CT186" s="13"/>
       <c r="CU186" s="13"/>
       <c r="CV186" s="13"/>
       <c r="CW186" s="13"/>
       <c r="CX186" s="13"/>
     </row>
     <row r="187" spans="1:103" s="54" customFormat="1" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A187" s="40">
         <v>176</v>
       </c>
       <c r="B187" s="6">
         <v>16</v>
       </c>
-      <c r="C187" s="148"/>
+      <c r="C187" s="159"/>
       <c r="D187" s="12" t="s">
         <v>390</v>
       </c>
       <c r="E187" s="12" t="s">
         <v>390</v>
       </c>
       <c r="F187" s="12" t="s">
         <v>395</v>
       </c>
       <c r="G187" s="51">
         <v>117141517</v>
       </c>
       <c r="H187" s="51">
         <v>64427834</v>
       </c>
       <c r="I187" s="52">
         <f t="shared" si="96"/>
         <v>54.999999701216097</v>
       </c>
       <c r="J187" s="51">
         <f t="shared" si="97"/>
         <v>52713683</v>
       </c>
       <c r="K187" s="52">
         <f t="shared" si="98"/>
         <v>45.000000298783903</v>
       </c>
       <c r="L187" s="51">
         <v>0</v>
       </c>
       <c r="M187" s="89">
         <f t="shared" si="99"/>
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:103" s="39" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A188" s="153" t="s">
+      <c r="A188" s="161" t="s">
         <v>396</v>
       </c>
-      <c r="B188" s="153"/>
-[...3 lines deleted...]
-      <c r="F188" s="153"/>
+      <c r="B188" s="161"/>
+      <c r="C188" s="161"/>
+      <c r="D188" s="161"/>
+      <c r="E188" s="161"/>
+      <c r="F188" s="161"/>
       <c r="G188" s="82">
         <f>SUM(G172:G187)</f>
         <v>7735048885</v>
       </c>
       <c r="H188" s="82">
         <f t="shared" ref="H188:M188" si="103">SUM(H172:H187)</f>
         <v>2957558840.3999996</v>
       </c>
       <c r="I188" s="82"/>
       <c r="J188" s="82">
         <f>SUM(J172:J187)</f>
         <v>4148283085.5818005</v>
       </c>
       <c r="K188" s="82">
         <f t="shared" si="103"/>
         <v>832.14390442159674</v>
       </c>
       <c r="L188" s="82">
         <f t="shared" si="103"/>
         <v>629201483.72000003</v>
       </c>
       <c r="M188" s="82">
         <f t="shared" si="103"/>
         <v>110.41347784132682</v>
       </c>
@@ -15478,51 +15471,51 @@
       <c r="CH188" s="4"/>
       <c r="CI188" s="4"/>
       <c r="CJ188" s="4"/>
       <c r="CK188" s="4"/>
       <c r="CL188" s="4"/>
       <c r="CM188" s="4"/>
       <c r="CN188" s="4"/>
       <c r="CO188" s="4"/>
       <c r="CP188" s="4"/>
       <c r="CQ188" s="4"/>
       <c r="CR188" s="4"/>
       <c r="CS188" s="4"/>
       <c r="CT188" s="4"/>
       <c r="CU188" s="4"/>
       <c r="CV188" s="4"/>
       <c r="CW188" s="4"/>
       <c r="CX188" s="4"/>
     </row>
     <row r="189" spans="1:103" s="10" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A189" s="40">
         <v>177</v>
       </c>
       <c r="B189" s="40">
         <v>1</v>
       </c>
-      <c r="C189" s="150" t="s">
+      <c r="C189" s="157" t="s">
         <v>397</v>
       </c>
       <c r="D189" s="8" t="s">
         <v>398</v>
       </c>
       <c r="E189" s="8" t="s">
         <v>399</v>
       </c>
       <c r="F189" s="8" t="s">
         <v>400</v>
       </c>
       <c r="G189" s="100">
         <v>16575355</v>
       </c>
       <c r="H189" s="100">
         <v>5000000</v>
       </c>
       <c r="I189" s="100">
         <v>30.165266445273719</v>
       </c>
       <c r="J189" s="100">
         <v>11575355</v>
       </c>
       <c r="K189" s="8">
         <v>69.834733554726284</v>
@@ -15605,426 +15598,426 @@
       <c r="CI189" s="4"/>
       <c r="CJ189" s="4"/>
       <c r="CK189" s="4"/>
       <c r="CL189" s="4"/>
       <c r="CM189" s="4"/>
       <c r="CN189" s="4"/>
       <c r="CO189" s="4"/>
       <c r="CP189" s="4"/>
       <c r="CQ189" s="4"/>
       <c r="CR189" s="4"/>
       <c r="CS189" s="4"/>
       <c r="CT189" s="4"/>
       <c r="CU189" s="4"/>
       <c r="CV189" s="4"/>
       <c r="CW189" s="4"/>
       <c r="CX189" s="4"/>
       <c r="CY189" s="61"/>
     </row>
     <row r="190" spans="1:103" s="4" customFormat="1" ht="96" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A190" s="40">
         <v>178</v>
       </c>
       <c r="B190" s="40">
         <v>2</v>
       </c>
-      <c r="C190" s="150"/>
+      <c r="C190" s="157"/>
       <c r="D190" s="8" t="s">
         <v>398</v>
       </c>
       <c r="E190" s="8" t="s">
         <v>401</v>
       </c>
       <c r="F190" s="8" t="s">
         <v>402</v>
       </c>
       <c r="G190" s="100">
         <v>93005901</v>
       </c>
       <c r="H190" s="100">
         <v>27901770.300000001</v>
       </c>
       <c r="I190" s="100">
         <v>30</v>
       </c>
       <c r="J190" s="100">
         <v>65104130.700000003</v>
       </c>
       <c r="K190" s="8">
         <v>70</v>
       </c>
       <c r="L190" s="8"/>
       <c r="M190" s="9"/>
     </row>
     <row r="191" spans="1:103" s="4" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A191" s="40">
         <v>179</v>
       </c>
       <c r="B191" s="40">
         <v>3</v>
       </c>
-      <c r="C191" s="150"/>
+      <c r="C191" s="157"/>
       <c r="D191" s="8" t="s">
         <v>403</v>
       </c>
       <c r="E191" s="8" t="s">
         <v>404</v>
       </c>
       <c r="F191" s="8" t="s">
         <v>405</v>
       </c>
       <c r="G191" s="100">
         <v>29130990</v>
       </c>
       <c r="H191" s="100">
         <f>G191*I191/100</f>
         <v>8739297</v>
       </c>
       <c r="I191" s="100">
         <v>30</v>
       </c>
       <c r="J191" s="100">
         <f>G191*K191/100</f>
         <v>20391693</v>
       </c>
       <c r="K191" s="100">
         <f>100-I191</f>
         <v>70</v>
       </c>
       <c r="L191" s="111"/>
       <c r="M191" s="112"/>
     </row>
     <row r="192" spans="1:103" s="4" customFormat="1" ht="132" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A192" s="40">
         <v>180</v>
       </c>
       <c r="B192" s="40">
         <v>4</v>
       </c>
-      <c r="C192" s="150"/>
+      <c r="C192" s="157"/>
       <c r="D192" s="8" t="s">
         <v>403</v>
       </c>
       <c r="E192" s="8" t="s">
         <v>406</v>
       </c>
       <c r="F192" s="8" t="s">
         <v>407</v>
       </c>
       <c r="G192" s="100">
         <v>1069377810</v>
       </c>
       <c r="H192" s="30">
         <f t="shared" ref="H192:H195" si="104">G192*I192/100</f>
         <v>267344452.5</v>
       </c>
       <c r="I192" s="100">
         <v>25</v>
       </c>
       <c r="J192" s="30">
         <f>G192*K192/100</f>
         <v>802033357.5</v>
       </c>
       <c r="K192" s="30">
         <f>100-I192</f>
         <v>75</v>
       </c>
       <c r="L192" s="8"/>
       <c r="M192" s="8"/>
     </row>
     <row r="193" spans="1:103" s="4" customFormat="1" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A193" s="40">
         <v>181</v>
       </c>
       <c r="B193" s="40">
         <v>5</v>
       </c>
-      <c r="C193" s="150"/>
+      <c r="C193" s="157"/>
       <c r="D193" s="8" t="s">
         <v>408</v>
       </c>
       <c r="E193" s="8" t="s">
         <v>409</v>
       </c>
       <c r="F193" s="8" t="s">
         <v>410</v>
       </c>
       <c r="G193" s="100">
         <v>96667200</v>
       </c>
       <c r="H193" s="30">
         <f t="shared" si="104"/>
         <v>53166960</v>
       </c>
       <c r="I193" s="100">
         <v>55</v>
       </c>
       <c r="J193" s="30">
         <f t="shared" ref="J193:J195" si="105">G193*K193/100</f>
         <v>43500240</v>
       </c>
       <c r="K193" s="30">
         <f t="shared" ref="K193:K195" si="106">100-I193</f>
         <v>45</v>
       </c>
       <c r="L193" s="8"/>
       <c r="M193" s="8"/>
     </row>
     <row r="194" spans="1:103" s="4" customFormat="1" ht="84" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A194" s="40">
         <v>182</v>
       </c>
       <c r="B194" s="40">
         <v>6</v>
       </c>
-      <c r="C194" s="150"/>
+      <c r="C194" s="157"/>
       <c r="D194" s="8" t="s">
         <v>408</v>
       </c>
       <c r="E194" s="8" t="s">
         <v>411</v>
       </c>
       <c r="F194" s="8" t="s">
         <v>412</v>
       </c>
       <c r="G194" s="100">
         <v>435425730</v>
       </c>
       <c r="H194" s="30">
         <f t="shared" si="104"/>
         <v>130627719</v>
       </c>
       <c r="I194" s="100">
         <v>30</v>
       </c>
       <c r="J194" s="30">
         <f t="shared" si="105"/>
         <v>304798011</v>
       </c>
       <c r="K194" s="30">
         <f t="shared" si="106"/>
         <v>70</v>
       </c>
       <c r="L194" s="107"/>
       <c r="M194" s="8"/>
     </row>
     <row r="195" spans="1:103" s="4" customFormat="1" ht="60.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A195" s="40">
         <v>183</v>
       </c>
       <c r="B195" s="40">
         <v>7</v>
       </c>
-      <c r="C195" s="150"/>
+      <c r="C195" s="157"/>
       <c r="D195" s="8" t="s">
         <v>408</v>
       </c>
       <c r="E195" s="8" t="s">
         <v>413</v>
       </c>
       <c r="F195" s="8" t="s">
         <v>414</v>
       </c>
       <c r="G195" s="100">
         <v>146068390</v>
       </c>
       <c r="H195" s="30">
         <f t="shared" si="104"/>
         <v>80337614.5</v>
       </c>
       <c r="I195" s="100">
         <v>55</v>
       </c>
       <c r="J195" s="30">
         <f t="shared" si="105"/>
         <v>65730775.5</v>
       </c>
       <c r="K195" s="30">
         <f t="shared" si="106"/>
         <v>45</v>
       </c>
       <c r="L195" s="8"/>
       <c r="M195" s="8"/>
     </row>
     <row r="196" spans="1:103" s="54" customFormat="1" ht="54" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A196" s="40">
         <v>184</v>
       </c>
       <c r="B196" s="40">
         <v>8</v>
       </c>
-      <c r="C196" s="150"/>
+      <c r="C196" s="157"/>
       <c r="D196" s="12" t="s">
         <v>469</v>
       </c>
       <c r="E196" s="12" t="s">
         <v>415</v>
       </c>
       <c r="F196" s="12" t="s">
         <v>416</v>
       </c>
       <c r="G196" s="99">
         <v>48703800</v>
       </c>
       <c r="H196" s="99">
         <v>29222280</v>
       </c>
       <c r="I196" s="99">
         <v>60</v>
       </c>
       <c r="J196" s="99">
         <v>19481520</v>
       </c>
       <c r="K196" s="12">
         <v>40</v>
       </c>
       <c r="L196" s="12"/>
       <c r="M196" s="19"/>
     </row>
     <row r="197" spans="1:103" s="4" customFormat="1" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A197" s="40">
         <v>185</v>
       </c>
       <c r="B197" s="40">
         <v>9</v>
       </c>
-      <c r="C197" s="150"/>
+      <c r="C197" s="157"/>
       <c r="D197" s="8" t="s">
         <v>470</v>
       </c>
       <c r="E197" s="8" t="s">
         <v>408</v>
       </c>
       <c r="F197" s="8" t="s">
         <v>467</v>
       </c>
       <c r="G197" s="100">
         <v>89214930</v>
       </c>
       <c r="H197" s="30">
         <f>G197*I197/100</f>
         <v>26764479</v>
       </c>
       <c r="I197" s="100">
         <v>30</v>
       </c>
       <c r="J197" s="30">
         <f>G197*K197/100</f>
         <v>62450451</v>
       </c>
       <c r="K197" s="30">
         <f>100-I197</f>
         <v>70</v>
       </c>
       <c r="L197" s="8"/>
       <c r="M197" s="9"/>
     </row>
     <row r="198" spans="1:103" s="54" customFormat="1" ht="142.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A198" s="40">
         <v>186</v>
       </c>
       <c r="B198" s="40">
         <v>10</v>
       </c>
-      <c r="C198" s="150"/>
+      <c r="C198" s="157"/>
       <c r="D198" s="12" t="s">
         <v>417</v>
       </c>
       <c r="E198" s="12" t="s">
         <v>418</v>
       </c>
       <c r="F198" s="12" t="s">
         <v>419</v>
       </c>
       <c r="G198" s="99">
         <v>477867140</v>
       </c>
       <c r="H198" s="30">
         <f t="shared" ref="H198:H199" si="107">G198*I198/100</f>
         <v>262826927</v>
       </c>
       <c r="I198" s="139">
         <v>55</v>
       </c>
       <c r="J198" s="30">
         <f t="shared" ref="J198:J199" si="108">G198*K198/100</f>
         <v>215040213</v>
       </c>
       <c r="K198" s="30">
         <f t="shared" ref="K198:K199" si="109">100-I198</f>
         <v>45</v>
       </c>
       <c r="L198" s="30"/>
       <c r="M198" s="19"/>
     </row>
     <row r="199" spans="1:103" s="54" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A199" s="40">
         <v>187</v>
       </c>
       <c r="B199" s="40">
         <v>11</v>
       </c>
-      <c r="C199" s="150"/>
+      <c r="C199" s="157"/>
       <c r="D199" s="12" t="s">
         <v>417</v>
       </c>
       <c r="E199" s="12" t="s">
         <v>420</v>
       </c>
       <c r="F199" s="12" t="s">
         <v>421</v>
       </c>
       <c r="G199" s="99">
         <v>91426720</v>
       </c>
       <c r="H199" s="30">
         <f t="shared" si="107"/>
         <v>45713360</v>
       </c>
       <c r="I199" s="99">
         <v>50</v>
       </c>
       <c r="J199" s="30">
         <f t="shared" si="108"/>
         <v>45713360</v>
       </c>
       <c r="K199" s="30">
         <f t="shared" si="109"/>
         <v>50</v>
       </c>
       <c r="L199" s="12"/>
       <c r="M199" s="19"/>
     </row>
     <row r="200" spans="1:103" s="83" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A200" s="149" t="s">
+      <c r="A200" s="153" t="s">
         <v>422</v>
       </c>
-      <c r="B200" s="149"/>
-[...3 lines deleted...]
-      <c r="F200" s="149"/>
+      <c r="B200" s="153"/>
+      <c r="C200" s="153"/>
+      <c r="D200" s="153"/>
+      <c r="E200" s="153"/>
+      <c r="F200" s="153"/>
       <c r="G200" s="113">
         <f>SUM(G189:G199)</f>
         <v>2593463966</v>
       </c>
       <c r="H200" s="113">
         <f>SUM(H189:H199)</f>
         <v>937644859.29999995</v>
       </c>
       <c r="I200" s="113"/>
       <c r="J200" s="113">
         <f>SUM(J189:J199)</f>
         <v>1655819106.7</v>
       </c>
       <c r="K200" s="113"/>
       <c r="L200" s="113">
         <f t="shared" ref="L200:M200" si="110">SUM(L189:L199)</f>
         <v>0</v>
       </c>
       <c r="M200" s="113">
         <f t="shared" si="110"/>
         <v>0</v>
       </c>
       <c r="N200" s="4"/>
       <c r="O200" s="4"/>
       <c r="P200" s="4"/>
@@ -16138,51 +16131,51 @@
       <c r="G201" s="100">
         <v>56445760</v>
       </c>
       <c r="H201" s="100">
         <f>G201*I201/100</f>
         <v>29916252.800000001</v>
       </c>
       <c r="I201" s="100">
         <v>53</v>
       </c>
       <c r="J201" s="30">
         <f>G201*K201/100</f>
         <v>26529507.199999999</v>
       </c>
       <c r="K201" s="30">
         <f t="shared" ref="K201:K202" si="111">100-I201-M201</f>
         <v>47</v>
       </c>
       <c r="L201" s="5">
         <v>0</v>
       </c>
       <c r="M201" s="9">
         <f t="shared" ref="M201" si="112">L201/G201*100</f>
         <v>0</v>
       </c>
-      <c r="X201" s="146"/>
+      <c r="X201" s="145"/>
     </row>
     <row r="202" spans="1:103" s="4" customFormat="1" ht="84.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A202" s="40">
         <v>189</v>
       </c>
       <c r="B202" s="40">
         <v>2</v>
       </c>
       <c r="C202" s="154"/>
       <c r="D202" s="8" t="s">
         <v>424</v>
       </c>
       <c r="E202" s="8" t="s">
         <v>424</v>
       </c>
       <c r="F202" s="8" t="s">
         <v>427</v>
       </c>
       <c r="G202" s="100">
         <v>322461740</v>
       </c>
       <c r="H202" s="100">
         <f>G202*I202/100</f>
         <v>161230870</v>
       </c>
@@ -16778,94 +16771,94 @@
         <v>134588150</v>
       </c>
       <c r="I217" s="34">
         <f>H217/G217*100</f>
         <v>23.569753669396921</v>
       </c>
       <c r="J217" s="105">
         <f>G217*K217/100</f>
         <v>428245455.00000006</v>
       </c>
       <c r="K217" s="34">
         <f>100-I217-M217</f>
         <v>74.996497718326651</v>
       </c>
       <c r="L217" s="105">
         <v>8187000</v>
       </c>
       <c r="M217" s="106">
         <f>L217/G217*100</f>
         <v>1.4337486122764345</v>
       </c>
     </row>
     <row r="218" spans="1:102" x14ac:dyDescent="0.25">
       <c r="A218" s="136"/>
       <c r="B218" s="81"/>
-      <c r="C218" s="149" t="s">
+      <c r="C218" s="153" t="s">
         <v>459</v>
       </c>
-      <c r="D218" s="149"/>
-[...1 lines deleted...]
-      <c r="F218" s="149"/>
+      <c r="D218" s="153"/>
+      <c r="E218" s="153"/>
+      <c r="F218" s="153"/>
       <c r="G218" s="113">
         <f>SUM(G201:G217)</f>
         <v>9121455564</v>
       </c>
       <c r="H218" s="113">
         <f>SUM(H201:H217)</f>
         <v>3060013131.3000002</v>
       </c>
       <c r="I218" s="113">
         <f t="shared" ref="I218:M218" si="117">SUM(I201:I217)</f>
         <v>550.56975366939696</v>
       </c>
       <c r="J218" s="113">
         <f t="shared" si="117"/>
         <v>5614209304.6999998</v>
       </c>
       <c r="K218" s="113">
         <f t="shared" si="117"/>
         <v>1043.9964977183267</v>
       </c>
       <c r="L218" s="113">
         <f t="shared" si="117"/>
         <v>447233923</v>
       </c>
       <c r="M218" s="113">
         <f t="shared" si="117"/>
         <v>50.433748612276432</v>
       </c>
     </row>
     <row r="219" spans="1:102" s="85" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A219" s="140"/>
       <c r="B219" s="141"/>
-      <c r="C219" s="147" t="s">
+      <c r="C219" s="158" t="s">
         <v>460</v>
       </c>
-      <c r="D219" s="147"/>
-[...1 lines deleted...]
-      <c r="F219" s="147"/>
+      <c r="D219" s="158"/>
+      <c r="E219" s="158"/>
+      <c r="F219" s="158"/>
       <c r="G219" s="142">
         <f>G218+G200+G188+G171+G150+G118+G88+G59+G32+G17</f>
         <v>103471652320</v>
       </c>
       <c r="H219" s="143">
         <f>H218+H200+H188+H171+H150+H118+H88+H59+H32+H17</f>
         <v>47380181905.58432</v>
       </c>
       <c r="I219" s="144"/>
       <c r="J219" s="143">
         <f>J218+J200+J188+J171+J150+J118+J88+J59+J32+J17</f>
         <v>54687324230.863472</v>
       </c>
       <c r="K219" s="144"/>
       <c r="L219" s="143">
         <f>L218+L200+L188+L171+L150+L118+L88+L59+L32+L17</f>
         <v>1409186364.72</v>
       </c>
       <c r="M219" s="84"/>
       <c r="N219" s="4"/>
       <c r="O219" s="4"/>
       <c r="P219" s="4"/>
       <c r="Q219" s="4"/>
       <c r="R219" s="4"/>
       <c r="S219" s="4"/>
@@ -16933,82 +16926,82 @@
       <c r="CC219" s="4"/>
       <c r="CD219" s="4"/>
       <c r="CE219" s="4"/>
       <c r="CF219" s="4"/>
       <c r="CG219" s="4"/>
       <c r="CH219" s="4"/>
       <c r="CI219" s="4"/>
       <c r="CJ219" s="4"/>
       <c r="CK219" s="4"/>
       <c r="CL219" s="4"/>
       <c r="CM219" s="4"/>
       <c r="CN219" s="4"/>
       <c r="CO219" s="4"/>
       <c r="CP219" s="4"/>
       <c r="CQ219" s="4"/>
       <c r="CR219" s="4"/>
       <c r="CS219" s="4"/>
       <c r="CT219" s="4"/>
       <c r="CU219" s="4"/>
       <c r="CV219" s="4"/>
       <c r="CW219" s="4"/>
       <c r="CX219" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="32">
-    <mergeCell ref="H2:I3"/>
-[...18 lines deleted...]
-    <mergeCell ref="C89:C117"/>
     <mergeCell ref="C219:F219"/>
     <mergeCell ref="C172:C187"/>
     <mergeCell ref="D118:F118"/>
     <mergeCell ref="C121:C148"/>
     <mergeCell ref="D150:F150"/>
     <mergeCell ref="D171:F171"/>
     <mergeCell ref="C151:C170"/>
     <mergeCell ref="A188:F188"/>
     <mergeCell ref="C189:C199"/>
     <mergeCell ref="A200:F200"/>
     <mergeCell ref="C201:C217"/>
     <mergeCell ref="C218:F218"/>
+    <mergeCell ref="B59:F59"/>
+    <mergeCell ref="C62:C86"/>
+    <mergeCell ref="A88:F88"/>
+    <mergeCell ref="C33:C58"/>
+    <mergeCell ref="C89:C117"/>
+    <mergeCell ref="D17:F17"/>
+    <mergeCell ref="A32:F32"/>
+    <mergeCell ref="C5:C16"/>
+    <mergeCell ref="C18:C31"/>
+    <mergeCell ref="G2:G4"/>
+    <mergeCell ref="H2:I3"/>
+    <mergeCell ref="J2:K3"/>
+    <mergeCell ref="L2:M3"/>
+    <mergeCell ref="B1:M1"/>
+    <mergeCell ref="A2:A4"/>
+    <mergeCell ref="B2:B4"/>
+    <mergeCell ref="C2:C4"/>
+    <mergeCell ref="D2:D4"/>
+    <mergeCell ref="E2:E4"/>
+    <mergeCell ref="F2:F4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>